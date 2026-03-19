--- v0 (2025-12-06)
+++ v1 (2026-03-19)
@@ -54,81 +54,81 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>BAL</t>
   </si>
   <si>
     <t>Balancete</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/</t>
   </si>
   <si>
     <t>Balancete do mês de fevereiro/2017 (02 Pastas)</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Encaminha Balancete do mês de março de 2017 (3 Pastas)</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Encaminha Balancete do mês de abril/2017 (02 Pastas)</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/579/579_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/579/579_texto_integral.pdf</t>
   </si>
   <si>
     <t>Encaminha Balancete do mês de maio/2017 (03 pastas).</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Encaminha Balancete do mês de junho/2017 (02 pastas).</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Encaminha Balancete do mês de julho/2017 (02 pastas)</t>
   </si>
   <si>
     <t>913</t>
   </si>
@@ -141,9297 +141,9297 @@
   <si>
     <t>947</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Encaminha Balancete do mês de setembro/2017</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>CONV</t>
   </si>
   <si>
     <t>Convite</t>
   </si>
   <si>
     <t>Diversos</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/464/464_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/464/464_texto_integral.pdf</t>
   </si>
   <si>
     <t>COREDE-FO convida para Assembleia Regional Ampliada, dia 11 de julho, às 9h 30min, em São Gabriel.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/466/466_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/466/466_texto_integral.pdf</t>
   </si>
   <si>
     <t>Inauguração das novas dependências do SAMU e entrega de duas ambulâncias zero km, dia 12 de julho, às 8h, na julio de castilhos 2360 (anexo a UPA).</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/471/471_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/471/471_texto_integral.pdf</t>
   </si>
   <si>
     <t>Comissão Binacional de Meio Ambiente convida para reunião, dia 13 de julho de 2017, às 14h 30min, na sede do consulado argentino em Uruguaiana/RS.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/477/477_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/477/477_texto_integral.pdf</t>
   </si>
   <si>
     <t>E.M.E.F Marília Sanchotene Felice convida para café literário, dia 14 de julho, às 9h 15min.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/478/478_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/478/478_texto_integral.pdf</t>
   </si>
   <si>
     <t>E.M.E.F. Marília Sanchotene Felice convida para mostra pedagógica, dia 15 de julho, às 9h.</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/481/convite_101_2017.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/481/convite_101_2017.pdf</t>
   </si>
   <si>
     <t>Executivo convida para inauguração da nova casa de passagem, na rua Eustáquio Ormazabal, antiga escola José Francisco, dia 14 de julho, às 16h.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/485/485_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/485/485_texto_integral.pdf</t>
   </si>
   <si>
     <t>A Associação da Juventude Rural de Uruguaiana (AJUR), a EMATER/RS - ASCAR e a Prefeitura Municipal convidam para a 21ª edição dos jogos da juventude rural de Uruguaiana, de 27 a 30 de julho em São Marcos.</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/495/495_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/495/495_texto_integral.pdf</t>
   </si>
   <si>
     <t>Grupo Caminho Azul convida para aula inaugural do projeto Mão que Falam, dia 05 de agosto de 2017, às 9h, no plenário da Câmara Municipal de Uruguaiana/RS.</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/507/507_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/507/507_texto_integral.pdf</t>
   </si>
   <si>
     <t>CDL convida para o 9º lidera, dia 3 de agosto, às 19h 30min, no Teatro Municipal.</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/508/508_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/508/508_texto_integral.pdf</t>
   </si>
   <si>
     <t>Rede Cidade Digital convida para o 1º congresso gaúcho de cidades digitais, dias 10 e 11 de agosto, em Bento Gonçalves/RS.</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/525/525_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/525/525_texto_integral.pdf</t>
   </si>
   <si>
     <t>Governo do Estado do RS convida para o lançamento oficial da EXPOINTER 2017, a realizar-se no dia 10 de agosto de 2017, às 9h 30 min.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/526/526_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/526/526_texto_integral.pdf</t>
   </si>
   <si>
     <t>Assembleia Legislativa do RS convida para o próximo evento dos grandes debates, que terá por tema o papel do estado e o desenvolvimento do país, dia 09 de agosto, às 18h 30min, em Porto Alegre/RS.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/528/528_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/528/528_texto_integral.pdf</t>
   </si>
   <si>
     <t>13ª Delegacia da Polícia Rodoviária Federal convida para a cerimônia de lançamento do FETRAN - Festival estudantil temático de Trânsito, dia 08 de agosto, às 9h, no auditório do SEST/SENAT.</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/546/546_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/546/546_texto_integral.pdf</t>
   </si>
   <si>
     <t>UNIPAMPA convida para as solenidades de colação de graus de seus cursos, dia 25 de agosto, às 10h, 15h e 19h.</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>PROT. 746/2017 - APEMU convida para o seminário Política Educacional: luta por uma educação democrática, dia 10 de agosto, às 8h 30min, no Teatro Rosalina Pandolfo Lisboa.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/555/555_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/555/555_texto_integral.pdf</t>
   </si>
   <si>
     <t>Prefeitura Minicipal convida para abertura do I Seminário de educação com o tema - Educação para todos, sensibilidade e percepções, dia 14 de agosto, às 18h 30min, no Teatro Municipal.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/556/556_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/556/556_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACORU convida o presidente desta casa para a abertura e premiação da 22ª Meia Maratona Internacional, dia 20 de agosto, às 8h, no parcão.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/559/559_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/559/559_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROT. 757/2017 - APAE convida para a semana nacional da pessoa com deficiência intelectual e/ou múltipla da APAE, no período de 21 à 28 de agosto, conforme programação anexa.</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>Assembleia Legislativa do RS</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/564/564_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/564/564_texto_integral.pdf</t>
   </si>
   <si>
     <t>Comissão de Saúde e Meio Ambiente da Assembleia Legislativa do RS convida para audiência pública que irá tratar sobre saúde mental e os 25 anos da lei estadual da reforma psiquiátrica do RS, dia 16 de agosto, às 10h, em Porto Alegre/RS.</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/565/565_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/565/565_texto_integral.pdf</t>
   </si>
   <si>
     <t>Comissão de Agricultura, Pecuária e Cooperativismo da Assembleia Legislativa do RS convida para reunião a fim de tratar sobre o andamento da pesquisa e do ordenamento da pesca pela secretária do desenvolvimento rural, pesca e cooperativismo - SDR, dia 21 de agosto, em Porto Alegre/RS.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/575/575_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/575/575_texto_integral.pdf</t>
   </si>
   <si>
     <t>2ª Brigada de Cavalaria Mecanizada convida para as atividades alusivas ao dia do soldado, às 11h, do dia 25 de agosto de 2017.</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/576/576_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/576/576_texto_integral.pdf</t>
   </si>
   <si>
     <t>COMPEDE convida para abertura oficial da semana nacional da pessoa com deficiência, dia 21 de agosto, às 14h 30min, no salão paroquial, acompanha a programação da semana de 21 á 28 de agosto de 2017.</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/588/convite_118_2017.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/588/convite_118_2017.pdf</t>
   </si>
   <si>
     <t>Governo do Estado do Rio Grande do Sul convida para a abertura oficial da EXPOINTER 2017, dia 26 de agosto, às 15h, em Esteio/RS.</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/598/598_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/598/598_texto_integral.pdf</t>
   </si>
   <si>
     <t>Universidade Pitágoras UNOPAR - POLO URUGUAIANA convida para cerimônia de formatura de seus cursos, dia 26 de agosto, às 19h, no Teatro Minicipal.</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/599/599_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/599/599_texto_integral.pdf</t>
   </si>
   <si>
     <t>1º Fórum Nacional dos Despachantes Aduaneiros, dia 02 de setembro em Campinas/SP.</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/600/600_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/600/600_texto_integral.pdf</t>
   </si>
   <si>
     <t>Agência de Desenvolvimento de Uruguaiana convida para reunião para debater a situação da malha ferroviária gaúcha, dia 25 de agosto, às 18h, na ACIU.</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/601/convite_122_2017.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/601/convite_122_2017.pdf</t>
   </si>
   <si>
     <t>Prefeitura Municipal convida para o seminário municipal de educação infantil, dia 30 de agosto, às 8h 30min, no Teatro Municipal.</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/610/610_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/610/610_texto_integral.pdf</t>
   </si>
   <si>
     <t>2ª Brigada de Cavalaria Mecanizada convida para a páscoa dos militares, dia 31 agosto, às 9h.</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/611/611_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/611/611_texto_integral.doc</t>
   </si>
   <si>
     <t>Comissão de Agricultura, Pecuária e Cooperativismo convida para audiência pública, dia 31 de agosto, às 10h, na casa de ALERGS na EXPOINTER em Esteio/RS.</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/612/convite_125_2017.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/612/convite_125_2017.pdf</t>
   </si>
   <si>
     <t>Assembleia Legislativa convida para o pré-lançamento da 40ª Califórnia da canção nativa, dia 29 de agosto, às 18h 30min, na EXPOINTER em Esteio/RS.</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/615/615_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/615/615_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACORU convida para a largada e premiação da 15ª Rústica verde e amarela, dia 3 de setembro, no Parcão.</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/617/617_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/617/617_texto_integral.pdf</t>
   </si>
   <si>
     <t>Prefeito Municipal, Comandante da 2ª. BDA. C. MEC. e o Secretário Municipal convidam para as solenidades comemorativas ao 195º aniversário da independência do Brasil, conforme programação.</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/618/618_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/618/618_texto_integral.pdf</t>
   </si>
   <si>
     <t>Comissão de Agricultura convida as atividades que serão realizadas no dia 31 de agosto, em Esteio/RS.</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/638/convite_129_2017.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/638/convite_129_2017.pdf</t>
   </si>
   <si>
     <t>Prefeitura Municipal convida para inauguração da unidade de pronto atendimento (UPA), dia 04 de setembro de 2017, às 9h.</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/641/641_texto_integral.docx</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/641/641_texto_integral.docx</t>
   </si>
   <si>
     <t>OAB subseção Uruguaiana convida para conferência regional da valorização da mulher advogada da AOB/RS, dia 04 de setembro de 2017, às 15h 30min, na Câmara Municipal de Uruguaiana.</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/642/642_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/642/642_texto_integral.pdf</t>
   </si>
   <si>
     <t>Presidente da comissão organizadora da semana farroupilha 2017 convida para os eventos oficiais, conforme a programação.</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/644/644_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/644/644_texto_integral.pdf</t>
   </si>
   <si>
     <t>Comissão de Assuntos Municipais convida para audiência pública para apresentação, pela EGR, doa informativos sobre as obras realizadas em cada uma das rodovias sob sua concessão.</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/645/645_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/645/645_texto_integral.doc</t>
   </si>
   <si>
     <t>Comissão de Saúde e Meio Ambiente convida para audiência pública sobre a situação da gestão das políticas públicas de enfrentamento ao HIV/AIDS no Rio Grande do Sul.</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/649/convite_134_2017.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/649/convite_134_2017.pdf</t>
   </si>
   <si>
     <t>Governo do Estado do RS convida para o ato comemorativo ao primeiro ano do Plano de Previdência Complementar - RS Prev, dia 11 de setembro, em Porto Alegre/RS.</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/657/657_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/657/657_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEPLAN convida para audiência pública para elaboração e apresentação do projeto de lei orçamentária anual - LOA 2018, dia 04 de outubro de 2017, às 15h, na biblioteca pública municipal.</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/658/658_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/658/658_texto_integral.pdf</t>
   </si>
   <si>
     <t>Rotary club Uruguaiana Leste convida para XXIX Califórnia Petiça Internacional, dias 6 e 7 de outubro, no Teatro Municipal, com início às 14h.</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/659/convite_137_2017.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/659/convite_137_2017.pdf</t>
   </si>
   <si>
     <t>Assembleia Legislativa do RS convida para o Grande Expediente em homenagem à operação Verão de Fronteira, dia 19 de setembro, às 14h, me Porto Alegre/RS.</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/660/660_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/660/660_texto_integral.pdf</t>
   </si>
   <si>
     <t>NUCRESS informa que nos dias 15 e 16 de setembro ocorrerá a capacitação com a temática: a Identidade do Profissional Assistente Social, convida para cerimônia de abertura, dia 15 de setembro, às 8h 30min, na E.E.E.M. Cândido Rondom</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/672/convite_139_2017.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/672/convite_139_2017.pdf</t>
   </si>
   <si>
     <t>Carlos Fonttes convida para a inauguração do marco comemorativo ao local exato de rendição Paraguaia, dia 18 de setembro, às 15h, na Praça do Barão do Rio Branco.</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/673/convite_140_2017.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/673/convite_140_2017.pdf</t>
   </si>
   <si>
     <t>Renata Saldanha Rieffel convida para palestra motivacional Superação Sem Limites, com o palestrante Denilson Souza, dia 16 de setembro, às 10h, no Teatro Rosalina Pandolfo.</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/674/674_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/674/674_texto_integral.pdf</t>
   </si>
   <si>
     <t>Igreja Pentecostal Cristo Vive convida para a formatura do Pelotão Águia (projeto social realizado com jovens), dia 14 de setembro, às 9h 30min, na concha acústica do parque Dom Pedro II.</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/676/676_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/676/676_texto_integral.pdf</t>
   </si>
   <si>
     <t>Loja Maçônica Cruzeiro do Sul 2ª convida para a sessão magna pública em comemoração à epopéia farroupilha, dia 14 de setembro, às 20h 30min, na rua monte caseros, 2821.</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/678/convite_143_2017.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/678/convite_143_2017.pdf</t>
   </si>
   <si>
     <t>Colégio Agrícola municipal convida para 1º Encontro Cultural e Artístico do CAM, dia 19 de setembro, às 19h, no colégio.</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/682/convite_144_2017.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/682/convite_144_2017.pdf</t>
   </si>
   <si>
     <t>2ª Brigada de Cavalaria Mecanizada convida para as atividades alusivas à retomada de Uruguaiana, às 10h, do dia 18 de setembro/2017, no Obelisco de Uruguaiana.</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/685/685_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/685/685_texto_integral.pdf</t>
   </si>
   <si>
     <t>Seminário Regional de Políticas Públicas Regionais e Municipais - Projeto Pró-ULFRO, dias 22 e 23 de setembro em Santana do Livramento/RS.</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/693/convite_146_2017.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/693/convite_146_2017.pdf</t>
   </si>
   <si>
     <t>E.M.E.F Dr. Crespo de Oliveira convida para 4º Encontro de Bandas do Meio rural, dia 23 de setembro, às 8h 30min.</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/722/722_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/722/722_texto_integral.pdf</t>
   </si>
   <si>
     <t>AURA convida para o 11º LOGICOM, dias 28 e 29 de setembro, no Teatro Municipal.</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/723/convite_148_2017.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/723/convite_148_2017.pdf</t>
   </si>
   <si>
     <t>Comissão de Saúde e Meio Ambiente da Assembleia Legislativa convida para o prêmio Pioneiras da Ecologia 2017, inscrições até o dia 29 de setembro, regulamento em anexo.</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/724/724_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/724/724_texto_integral.pdf</t>
   </si>
   <si>
     <t>CDL convida para Assembleia de aniversário - 53 anos.</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/726/726_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/726/726_texto_integral.pdf</t>
   </si>
   <si>
     <t>Profª. Dilah Almeida - Biblioteca Pública Municipal - convida para reunião aberta a comunidade, dia 27 de setembro de 2017, às 15h.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/727/convite_151_2017.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/727/convite_151_2017.pdf</t>
   </si>
   <si>
     <t>Solenidade de Abertura da 1ª Etapa do I Seminário de Educação - Sensibilidade e Percepções, dia 25 de setembro, às 18h, no Teatro Municipal.</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/733/733_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/733/733_texto_integral.pdf</t>
   </si>
   <si>
     <t>I Conferência Municipal de Promoção de Igualdade Racial, dia 29 de setembro, no salão nobre da PMU, e 30 de setembro no Instituto Estadual Romaguera Correa.</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/734/734_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/734/734_texto_integral.pdf</t>
   </si>
   <si>
     <t>Intendência de Paso de Los Libres convida para 1ª Jornada Internacional em Atenção Primária da Saúde, dias 29 e 30 de setembro, no club Progresso em Paso de Los Libres/CTES./RS.</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/739/convite_154_2017.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/739/convite_154_2017.pdf</t>
   </si>
   <si>
     <t>CONGAPES - Conselho Gaúcho de Aquicultura e Pesca Sustentável convida para reunião ordinária, dia 10 de outubro/2017, em Porto Alegre/RS.</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/740/convite_155_2017.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/740/convite_155_2017.pdf</t>
   </si>
   <si>
     <t>Liga Feminina de Combate ao Câncer convida para coquetel refente a cerimônia de posse da Liga Jovem de Uruguaiana, dia 28 de setembro/2017, às 19h 30min, na rua General Câmara, 2307.</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/741/741_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/741/741_texto_integral.pdf</t>
   </si>
   <si>
     <t>INCRA convida para cerimônia de entrega dos títulos de domínio aos beneficiários do assentamento IMBAÁ, dia 27 de setembro, às 9h, no salão nobre da PMU.</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/742/convite_157_2017.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/742/convite_157_2017.pdf</t>
   </si>
   <si>
     <t>Sistema Fecomércio/RS convida para formatura do curso de aprendizagem profissional comercial em serviços de vendas, dia 28 de setembro, às 20h, no auditório do SENAC.</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/743/convite_158_2017.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/743/convite_158_2017.pdf</t>
   </si>
   <si>
     <t>Ato de Lançamento do Programa Vida - Programa de Educação em asma e doenças alérgicas na escola; somos todos responsáveis, dia 30 de setembro, às 9h 30min na E.M.E.F Elvira Ceratti.</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/747/747_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/747/747_texto_integral.pdf</t>
   </si>
   <si>
     <t>10º Batalhão de Bombeiros Militar convida para abertura do Encontro de Bombeiros Mirins, dia 29 de setembro, às 10h em Bagé/RS.</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/748/convite_160_2017.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/748/convite_160_2017.pdf</t>
   </si>
   <si>
     <t>Faculdade FAEL convida para inauguração do novo polo acadêmico em Uruguaiana, dia 05 de outubro, às 20h.</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/749/convite_161_2017.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/749/convite_161_2017.pdf</t>
   </si>
   <si>
     <t>Ato de Inauguração da nova sede da Estratégia de Saúde da Família Nº 7 - Posto de saúde da união das vilas, dia 02 de outubro de 2017, às 17h.</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/750/convite_162_2017.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/750/convite_162_2017.pdf</t>
   </si>
   <si>
     <t>EMATER/ASCAR convida para o encontro de pecuaristas familiares de Uruguaiana e Barra do Quaraí, dia 7 de outubro no salão nobre do parque Agrícola e Pastoril.</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/764/convite_163_2017.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/764/convite_163_2017.pdf</t>
   </si>
   <si>
     <t>Câmara Municipal de São Borja/RS convida para reunião da ULFRO, dias 12 e 13 de outubro, durante a realização da FENAOESTE 2017.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/765/convite_164_2017.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/765/convite_164_2017.pdf</t>
   </si>
   <si>
     <t>Professora Yolanda Azambuja convida para palestra aberta ao público - Irmanados na Compaixão, na Justiça e na Paz, dia 13 de outubro de 2017, na escola Dom Hermeto, às 20h.</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/772/convite_165_2017.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/772/convite_165_2017.pdf</t>
   </si>
   <si>
     <t>Prefeitura Municipal e Colégio Agrícola de Uruguaiana convidam para a solenidade de assinatura do termo de convênio entre o município e a cooperativa, dia 7 de outubro, às 16h 15min, no Parque Agrícola e Pastoril.</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/773/773_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/773/773_texto_integral.pdf</t>
   </si>
   <si>
     <t>Prefeitura Municipal de Santiago convida para reunião com  o presidente do TCE/RS, dia 13 de outubro de 2017, às 18h, e abertura da 14ª FEACOARTI, às 19h 30min, em Santiago/RS.</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/775/775_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/775/775_texto_integral.pdf</t>
   </si>
   <si>
     <t>Mitra Diocesana de Uruguaiana convida para 26ª Romaria Diocesana de Nossa Senhora Conquistadora, dia 29 de outubro de 2017.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/776/776_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/776/776_texto_integral.pdf</t>
   </si>
   <si>
     <t>Associação Brasileira de Odontologia - Regional Uruguaiana, convida para 12ª Jornada Odontológica da Fronteira Oeste, dias 27 e 28 de outubro de 2017.</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/777/convite_169_2017.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/777/convite_169_2017.pdf</t>
   </si>
   <si>
     <t>Escola judiciária Eleitoral do RS (EJERS) convida para o evento Eleições 2018 - Cenários e Perspectivas, dia 20 de outubro de 2017 em Porto Alegre/RS.</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/781/781_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/781/781_texto_integral.pdf</t>
   </si>
   <si>
     <t>Seminário Regional de Políticas Públicas Regionais e Municipais - Projeto Pró-ULFRO - dias 12 e 13 de outubro em São Borja/RS.</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/794/794_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/794/794_texto_integral.pdf</t>
   </si>
   <si>
     <t>Agência de Desenvolvimento de Uruguaiana informa o histórico de ações desenvolvidas no sentido de retomada do transporte ferroviário no âmbito do MERCOSUL, Fronteira Oeste e Uruguaiana, convida para reunião de trabalho no dia 19 de outubro de 2017, às 18h 30min, na ACIU.</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/799/799_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/799/799_texto_integral.pdf</t>
   </si>
   <si>
     <t>Fórum Democrático da assembleia Legislativa do RS convida para O Grander Debate.</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/800/800_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/800/800_texto_integral.pdf</t>
   </si>
   <si>
     <t>Igreja Jesus Cristo do Santos dos últimos dias convida para o evento prêmio Valores Familiares e Comunitários da Estaca Uruguaiana, dia 28 de outubro, às 19h.</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/801/801_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/801/801_texto_integral.pdf</t>
   </si>
   <si>
     <t>Grupo Caminho Azul convida para o seminário Todo Autista é Único, a ser realizado no dia 27 de outubro, às 14h, no Teatro Rosalina Pandolfo.</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/803/803_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/803/803_texto_integral.pdf</t>
   </si>
   <si>
     <t>BRK Ambiental convida para III Mostra Cultural Nosso Rio Uruguai, dia 25 de outubro, às 8h, no Teatro rosalina Pandolfo.</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/812/812_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/812/812_texto_integral.pdf</t>
   </si>
   <si>
     <t>Liga da Defesa Nacional convida para as atividades alusivas a programação da Semana da Bandeira 2017 - 13 à 30 de novembro/2017.</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/824/convite_177_2017.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/824/convite_177_2017.pdf</t>
   </si>
   <si>
     <t>SENAC convida para a formatura dos alunos do curso técnico em enfermagem, dia 27 de outubro, às 20h, no SIMUR.</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/825/825_texto_integral.docx</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/825/825_texto_integral.docx</t>
   </si>
   <si>
     <t>Deputado joão Reinelli convida para a solenidade de entrega da Medalha do Mérito Farroupilha ao Sr. Nicola Occhipinti, Cônsul-Geral da Itália em Porto Alegre, dia 30 de outubro, às 16h.</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/826/826_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/826/826_texto_integral.doc</t>
   </si>
   <si>
     <t>Comissão de Economia, Desenvolvimento Sustentável e do Turismo da Assembleia Legislativa convida para audiência pública sobre o impacto do decreto estadual 53.304/16 e das portarias 66 e 146, da secretaria da saúde, na economia regional.</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/827/convite_180_2017.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/827/convite_180_2017.pdf</t>
   </si>
   <si>
     <t>Coordenadoria Regional de Educação convida para 2ª Mostra Pedagógica Cultura do Ensino Médio, dia 26 de outubro, às 13h 30min, na biblioteca pública municipal.</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/828/828_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/828/828_texto_integral.pdf</t>
   </si>
   <si>
     <t>Conselho de Consumidores da RGE Sul convida para reunião descentralizada, dia 27 de outubro, às 14h, no salão nobre do Parque Agrícola e Pastoril.</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/830/convite_182_2017.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/830/convite_182_2017.pdf</t>
   </si>
   <si>
     <t>Escola do Legislativo Dr. Homero Tarragó convida para o ciclo de palestras jurídicas, dias 30 e 31 de outubro no plenário da Câmara Municipal de Uruguaiana.</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/835/835_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/835/835_texto_integral.pdf</t>
   </si>
   <si>
     <t>Secretaria Municipal de Educação e Cultura de Barra do Quaraí/RS convida para o VII Seminário Pedagógico - Repensando a Educação &amp; Fortalecendo as Práticas, dias 9 e 10 de novembro de 2017, no salão de atos da E.M.E.F. 22 de outubro.</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/843/843_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/843/843_texto_integral.pdf</t>
   </si>
   <si>
     <t>UVERGS convida para o 80º seminário sobre Gestão Pública, dias 21 à 24 de novembro/2017 em Porto Alegre. Ressalta a participação do Sr. Eric Lins como painelista no dia 23 de novembro.</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/855/convite_185_2017.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/855/convite_185_2017.pdf</t>
   </si>
   <si>
     <t>CDL convida para a explanação de Carlos Cecco, Intendente da Federacion (AR) sobre o modelo de desenvolvimento através da implantação do complexo de águas termais, dia 8 de novembro, às 20h, no CDL.</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/862/862_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/862/862_texto_integral.pdf</t>
   </si>
   <si>
     <t>Grupo teatral Eu Teatro, Tu Teatras? convidam para o 8º Festival de Uruguaiana Diálogos Brasil América Latina, dia 11 de novembro, às 9h, no Teatro Rosalina Pandolfo Lisboa.</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/863/convite_187_2017.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/863/convite_187_2017.pdf</t>
   </si>
   <si>
     <t>Faculdade Mário Quintana e Círculo Operário convidam para inauguração do campus Uruguaiana, dia 10 de novembro, às 19h.</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/864/convite_188_2017.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/864/convite_188_2017.pdf</t>
   </si>
   <si>
     <t>Assembleia Legislativa - Comissão Mista do MERCOSUL - convida para Audiência Pública sobre o cronograma de Obras da Duplicação da br 290, dia 6 de novembro, às 9h em Pantano Grande.</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/865/convite_189_2017.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/865/convite_189_2017.pdf</t>
   </si>
   <si>
     <t>Penitenciária Modulada Estadual convida para inauguração da 1ª Igreja Universal do Reino de Deus, dentro da penitenciária, dia 10 de novembro/2017, às 15h.</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/866/convite_190_2017.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/866/convite_190_2017.pdf</t>
   </si>
   <si>
     <t>Consulado Argentino convida para almoço de trabalho da Comissão de Facilitação Fronteiriça, dia 7 de novembro, às 12h 20min, no club Martin Pescador.</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/867/convite_191_2017.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/867/convite_191_2017.pdf</t>
   </si>
   <si>
     <t>Prefeitura convida para a solenidade de abertura dos I Jogos Escolares da Rede Municipal, dia 16 de novembro, às 8h 30min, no Ginásio Muncipal.</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/868/convite_192_2017.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/868/convite_192_2017.pdf</t>
   </si>
   <si>
     <t>Prefeitura Municipal convida para o lançamento do Projeto Jornada da Escrita, dia 7 de novembro, às 19h, na AFMU.</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/869/869_texto_integral.docx</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/869/869_texto_integral.docx</t>
   </si>
   <si>
     <t>Associação do Pessoal da Caixa Econômica Federal convida para a atividade em defesa da Caixa do Povo e 100% pública, dia 7 de novembro, às 19h, no plenário da Câmara Municipal de Uruguaiana.</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/870/convite_194_2017.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/870/convite_194_2017.pdf</t>
   </si>
   <si>
     <t>Prefeitura Municipal de Santiago/RS convida para a 19ª Feira do Livro, abertura oficial dia 8 de novembro, às 19h.</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/872/convite_195_2017.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/872/convite_195_2017.pdf</t>
   </si>
   <si>
     <t>Piquete Saraquá convida para o XX Rodeio Artístico e Cultural, dias 10, 11 e 12 de novembro.</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/874/convite_196_2017.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/874/convite_196_2017.pdf</t>
   </si>
   <si>
     <t>Coral de Uruguaiana convida para o 6º Sarau Musical Nossos Talentos, dia 9 de novembro, às 20h 30h, na biblioteca pública municipal.</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/875/875_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/875/875_texto_integral.pdf</t>
   </si>
   <si>
     <t>Sociedade Espiritualista de Umbanda de Uruguaiana - Aruanda - convida para caminhada contra a intolerância religiosa e a criminalidade, dia 15 de novembro, às 18h, com saída em frente ao fórum.</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/890/890_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/890/890_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGAPES - Conselho Gaúcho de Aquicultura e Pesca Sustentáveis - convida para reunião ordinária, dia 13 de novembro, às 14h, na sede de FAMURS em Porto Alegre/RS.</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/891/891_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/891/891_texto_integral.pdf</t>
   </si>
   <si>
     <t>Deputado Frederico Antunes convida para audiência pública para discutir o comércio ilegal de mercadorias contrabandeadas, dia 13 de novembro/2017, às 14h, na Assembleia Legislativa em Porto Alegre/RS.</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/892/convite_200_2017.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/892/convite_200_2017.pdf</t>
   </si>
   <si>
     <t>Movimento de Negro de Uruguaiana convida para o seminário reflexivo - Semana Nacional da Consciência Negra, dia 15 de novembro/2017 no salão do colégio Marista Santana.</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/894/convite_201_2017.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/894/convite_201_2017.pdf</t>
   </si>
   <si>
     <t>Movimento Negro de Uruguaiana convida para as atividades da semana da cultura Afrobrasileira de Uruguaiana, abertura dia 13 de novembro/2017, às 10h na Praça Barão do Rio Branco. E seminário reflexivo dia 15 de novembro/2017, às 8h 30min no Teatro Municipal.</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/900/convite_202_2017.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/900/convite_202_2017.pdf</t>
   </si>
   <si>
     <t>2ª Brigada de Cavalaria Mecanizada convida para a temporada hípica de Uruguaiana, dias 17, 18 e 19 de novembro, no Círculo Militar de Uruguaiana.</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/903/convite_203_2017.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/903/convite_203_2017.pdf</t>
   </si>
   <si>
     <t>22º Grupo de Artilharia de campanha autopropulsado convida para a solenidade alusiva ao dia da bandeira, data: 19 de novembro/2017 às 11h 45min.</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/907/907_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/907/907_texto_integral.pdf</t>
   </si>
   <si>
     <t>Comissão mista permanente do MERCOSUL convida para seminário nacional sobre instalação dos free shops em cidades gêmeas de fronteiras.</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/908/908_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/908/908_texto_integral.pdf</t>
   </si>
   <si>
     <t>Oficina do Trabalho: Fronteiras do Brasil - Uma avaliação do Arco Sul, dias 22 e 23 de novembro, das 8h 30min às 18h no SENAC.</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/914/914_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/914/914_texto_integral.pdf</t>
   </si>
   <si>
     <t>Centro de Equoterapia General Fidelis convida para solenidade de abertura do II Festival Internacional Parequestre da Fronteira, dia 3 de dezembro/2017, às 10h no Círculo Militar.</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/916/convite_207_2017.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/916/convite_207_2017.pdf</t>
   </si>
   <si>
     <t>Inauguração das novas instalações da escola municipal de ensino fundamental José Francisco da Silva, dia 24 de novembro, às 8h 30min.</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/919/919_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/919/919_texto_integral.pdf</t>
   </si>
   <si>
     <t>Comissão de Agricultura convida para cerimônia de entrega do prêmio Folha Verde - VII edição, dia 4 de dezembro, às 16h em Porto Alegre/RS.</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/928/928_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/928/928_texto_integral.pdf</t>
   </si>
   <si>
     <t>4ª Região Tradicionalista e o CTG Sinuelo do Pago convidam para o 23º FENARTINHO, dias 25 e 26 de novembro, no CTG Sinuelo do Pago.</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/929/929_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/929/929_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEST SENAT convida para o seminário sobre prevenção ao uso de álcool e ao roubo de cargas, dia 28 de novembro/2017, às 19h no SEST SENAT.</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/935/convite_211_2017.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/935/convite_211_2017.pdf</t>
   </si>
   <si>
     <t>SEMED convida para a cerimônia de entrega da premiação dos I Jogos Escolares de Rede Municipal, dia 23 de novembro, às 9h, no ginásio da E.E.E.M. Dom Hermeto.</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/943/convite_212_2017.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/943/convite_212_2017.pdf</t>
   </si>
   <si>
     <t>Núcleo de apoio à vida de Uruguaiana (NAVIU) e a coordenação local do centro de valorização da vida (CVV) convidam para a inauguração do posto de atendimento do CVV, dia 30 de novembro, às 11h no salão de honra da PMU.</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/948/convite_213_2017.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/948/convite_213_2017.pdf</t>
   </si>
   <si>
     <t>SEMED convida para a abertura do V Festival de Dança Escolar Uruguaianense, dia 30 de novembro, às 8h ,30min, no Teatro Municipal.</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/953/convite_214_2017.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/953/convite_214_2017.pdf</t>
   </si>
   <si>
     <t>10ª Coordenadoria Regional de Educação convida para o 1º Seminário Regional CIPAVE, dia 30 de novembro, das 9h às 17h, no SDAERGS.</t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/960/convite_215_2017.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/960/convite_215_2017.pdf</t>
   </si>
   <si>
     <t>SEMED convida para inauguração da ampliação e reforma da E.M Educação Básica General Osório, dia 02 de dezembro, às 8h 30min.</t>
   </si>
   <si>
     <t>962</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/962/convite_216_2017.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/962/convite_216_2017.pdf</t>
   </si>
   <si>
     <t>Comandante do 5º Distrito Naval convida para cerimônia de transmissão de cargo ao vice-almirante José Renato de Oliveira, dia 11 de dezembro/2017, às 10h, em Rio Grande/RS.</t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/964/964_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/964/964_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATAPUR - Associação dos Trabalhadores Aposentados e Pensionistas de Uruguaiana e Região convida para o 2º Seminário Interestadual sobre a nova Legislação Trabalhista e Previdenciária, dia 5 de dezembro, em Porto Alegre/RS.</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/968/968_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/968/968_texto_integral.pdf</t>
   </si>
   <si>
     <t>OAB Uruguaiana convida para reunião e afim de tratar dos temas relacionados à segurança pública, dia 05 de dezembro, às 10h.</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/969/969_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/969/969_texto_integral.pdf</t>
   </si>
   <si>
     <t>Deputado Marlon Santos convida para sessão solene de posse dos membros da mesa diretora, dia 01 de fevereiro/2018, às 14h, em Porto Alegre/RS.</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/974/convite_220_2017.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/974/convite_220_2017.pdf</t>
   </si>
   <si>
     <t>LUFME - Liga uruguaianense de futsal menor - convida para solenidade de premiação dos campeões e destaques dos XV Citadino de Futsal, dia 6 de dezembro/2017, às 18h, no Teatro Rosalina Pandolfo.</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/975/convite_221_2017.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/975/convite_221_2017.pdf</t>
   </si>
   <si>
     <t>Sistema Fecomércio-RS/SENAC convida para cerimônia de formatura do programa Master Garçom, dia 6 de dezembro, às 20h, no auditório do SENAC.</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/985/convite_222_2017.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/985/convite_222_2017.pdf</t>
   </si>
   <si>
     <t>Tribunal de contas do RS convida para posse dos conselheiros, dia 12 de dezembro/2017, às 11h, em Porto Alegre/RS.</t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/986/convite_223_2017.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/986/convite_223_2017.pdf</t>
   </si>
   <si>
     <t>1º B.P.A.F. convida para a formatura do PROERD, dia 8 de dezembro, às 18h.</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/987/convite_224_2017.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/987/convite_224_2017.pdf</t>
   </si>
   <si>
     <t>SEMED convida para inauguração da obra do complexo escolar Elvira Ceratti - CAIC, dia 13 de dezembro, às 19h.</t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/988/convite_225_2017.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/988/convite_225_2017.pdf</t>
   </si>
   <si>
     <t>Conselho Deliberante de Paso de Los Libres/RA convida para a sessão especial de posse do intendente e dos Concejales, dia 10 de dezembro/2017, às 9h, no club Progreso.</t>
   </si>
   <si>
     <t>989</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/989/convite_226_2017.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/989/convite_226_2017.pdf</t>
   </si>
   <si>
     <t>Associação comercial e Industrial de Uruguaiana convida para o 4ª Baile das Princesas, dia 9 de dezembro/2017, às 21h, no clube Comercial em Uruguaiana.</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/990/convite_227_2017.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/990/convite_227_2017.pdf</t>
   </si>
   <si>
     <t>Grupo Caminho Azul convida para a formatura do projeto Mãos que Falam, dia 23 de dezembro/2017, às 19h, no Teatro Rosalina Pandolfo.</t>
   </si>
   <si>
     <t>991</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/991/convite_228_2017.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/991/convite_228_2017.pdf</t>
   </si>
   <si>
     <t>5º Distrito Naval convida para cerimônia alusiva ao dia do Marinheiro, dia 13 de dezembro, às 10h em Rio Grande/RS.</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/999/999_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/999/999_texto_integral.pdf</t>
   </si>
   <si>
     <t>Igreja Evangélica Assembleia de Deus convida para a formatura do curso básico e médio de teologia IBE, dia 14 de dezembro, às 20h.</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/1000/convite_230_2017.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/1000/convite_230_2017.pdf</t>
   </si>
   <si>
     <t>Sistema Fecomércio-RS convida para a formatura dos alunos do curso técnico em administração, dia 14 de dezembro, às 20h.</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/1002/convite_231_2017.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/1002/convite_231_2017.pdf</t>
   </si>
   <si>
     <t>Delegacia Fluvial de Uruguaiana convida para cerimônia alusiva ao dia do marinheiro, dia 12 de dezembro/2017, às 10h.</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1009/1009_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1009/1009_texto_integral.pdf</t>
   </si>
   <si>
     <t>Consulado do Brasil em Paso de Los Libres convida para XII Comitê de integração Fronteiriça, dia 19 de dezembro/2017, às 8h 45min, no club Pregreso em Passo de Los Libres</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>EME</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/53/53_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/53/53_texto_integral.doc</t>
   </si>
   <si>
     <t>APRESENTA EMENDAS AO PROJETO DE LEI N° 08/2017, QUE "DISPÕE SOBRE A ESTRUTURA ADMINISTRATIVA DO PODER EXECUTIVO DO MUNICÍPIO DE URUGUAIANA E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Elton da Rocha</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/54/54_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/54/54_texto_integral.doc</t>
   </si>
   <si>
     <t>APRESENTA EMENDAS AO PROJETO DE LEI Nº 09/2017</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/55/55_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/55/55_texto_integral.doc</t>
   </si>
   <si>
     <t>APRESENTA EMENDAS AO PROJETO DE LEI Nº 10/2017</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>Vilson Jose Brites</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/56/56_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/56/56_texto_integral.doc</t>
   </si>
   <si>
     <t>ENCAMINHA EMENDA AO PROJETO DE LEI 08/2017</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/155/155_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/155/155_texto_integral.doc</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA ALTERANDO O ART. 2º DO PROJETO DE LEI 7/2017</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>Clemente</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/277/277_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/277/277_texto_integral.odt</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA, AO PROJETO DE LEI 38/2017. QUE DISPÕE SOBRE O ENVIO DE INFORMAÇÕES&amp;#180;À CÂMARA MUNICÍPAL DE URUGUAIANA SOBRE PEDIDOS E PROVIDENCIAS POR MEIO DE REQUERIMENTO E INDICAÇÕES,REMETIDOS AO PODER EXECUTIVO MUNICIPAL</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/278/278_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/278/278_texto_integral.odt</t>
   </si>
   <si>
     <t>EMENDA ADITIVA DISPÕE SOBRE O ENVIO DE INFORMAÇÕES À CÂMARA MUNICIPAL DE URUGUAIANA SOBRE PEDIDOS E PROVIDÊNCIAS POR MEIO DE REQUERIMENTO E INDICAÇÕES, REMETIDAS AO PODER EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>Eric Lins</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/390/390_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/390/390_texto_integral.doc</t>
   </si>
   <si>
     <t>ACRESCENTA EMENDAS AO PROJETO DE LEI 020/2017</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/517/517_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/517/517_texto_integral.doc</t>
   </si>
   <si>
     <t>EMENDA PPA.PROJ.CONSELHO TUTELAR DO IDOSO</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/518/518_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/518/518_texto_integral.doc</t>
   </si>
   <si>
     <t>EMENDA PPA MERENDA NAS FERIAS ED.INFANTIL</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/519/519_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/519/519_texto_integral.doc</t>
   </si>
   <si>
     <t>EMENDA PPA.MERENDA NAS FERIAS</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/520/520_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/520/520_texto_integral.doc</t>
   </si>
   <si>
     <t>EMENDA PPA EMPREENDEDORISMO NO ENSINO FUNDAMENTAL</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/521/521_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/521/521_texto_integral.doc</t>
   </si>
   <si>
     <t>EMENDA PPA EMPREENDEDORISMO NA EDUCAÇÃO INFANTIL</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/522/522_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/522/522_texto_integral.odt</t>
   </si>
   <si>
     <t>EMENDA AO PROJETO LEI 071/17 - PROGRAMAS DE EDUCAÇÃO E CAPACITAÇÃO TÉCNICA.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/523/523_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/523/523_texto_integral.odt</t>
   </si>
   <si>
     <t>EMENDA AO PROJETO DE LEI 071/17 - IMPLANTAÇÃO DE INCENTIVOS A EVENTOS E ATIVIDADES ARTÍSTICOS E CULTURAIS DA CULTURA GAÚCHA.</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/524/524_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/524/524_texto_integral.odt</t>
   </si>
   <si>
     <t>EMENDA AO PROJETO DE LEI 071/17 - INCENTIVO À PARTICIPAÇÃO DA COMUNIDADE ATRAVÉS DO ESPORTE E PRÁTICAS DESPORTIVAS E FOMENTO AO ESPORTE AMADOR.</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/591/591_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/591/591_texto_integral.doc</t>
   </si>
   <si>
     <t>EMENDA ADITIVA À LDO/2018 - ACRESCE AÇÃO DE EDUCAÇÃO E CAPACITAÇÃO TÉCNICA.</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/592/592_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/592/592_texto_integral.doc</t>
   </si>
   <si>
     <t>EMENDA ADITIVA À LDO/2018 - ACRESCE AÇÃO DE ATIVIDADE IMPLANTAÇÃO DE INCENTIVOS À EVENTOS E ATIVIDADES ARTÍSTICAS E CULTURAIS DA CULTURA GAÚCHA.</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/593/593_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/593/593_texto_integral.doc</t>
   </si>
   <si>
     <t>EMENDA ADITIVA À LDO/2018 - ACRESCE ATIVIDADE DE AÇÃO DE INCENTIVO À PARTICIPAÇÃO DA COMUNIDADE ATRAVÉS DO ESPORTE E PRÁTICAS DESPORTIVAS E FOMENTO AO ESPORTE AMADOR.</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/625/625_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/625/625_texto_integral.doc</t>
   </si>
   <si>
     <t>EMENDA ADITIVA LDO 2018 - CONSELHO TUTELAR DO IDOSO.</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/626/626_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/626/626_texto_integral.doc</t>
   </si>
   <si>
     <t>EMENDA ADITIVA LDO 2018 - CRIA PROGRAMA MERENDA NAS FERIAS EDUCAÇÃO INFANTIL</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/627/627_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/627/627_texto_integral.doc</t>
   </si>
   <si>
     <t>EMENDA ADITIVA A LDO 2018 - INCLUI CONCEITOS DE EMPREENDEDORISMO NA REDE MUNICIPAL DE ENSINO.</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/628/628_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/628/628_texto_integral.doc</t>
   </si>
   <si>
     <t>EMENDA ADITIVA A LDO 2018 - MERENDA NAS FÉRIAS ENSINO FUNDAMENTAL</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/629/629_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/629/629_texto_integral.doc</t>
   </si>
   <si>
     <t>EMENDA ADITIVA À LDO 2018 - EMPREENDEDORISMO REDE MUNICIPAL DE ENSINO</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/695/695_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/695/695_texto_integral.doc</t>
   </si>
   <si>
     <t>EMENDA AO PLO 01/2017 - ALTERA ARTIGO 1º.</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/696/696_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/696/696_texto_integral.doc</t>
   </si>
   <si>
     <t>EMENDA AO PLO 01/2017 - ALTERA ARTIGO 2º.</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/697/697_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/697/697_texto_integral.doc</t>
   </si>
   <si>
     <t>EMENDA AO PLO 001 - ALTERA O ARTIGO 3º.</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/698/698_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/698/698_texto_integral.doc</t>
   </si>
   <si>
     <t>EMENDA AO PLO 01/2017 - ALTERA OS INCISOS I A IV DO ANEXO</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/699/699_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/699/699_texto_integral.doc</t>
   </si>
   <si>
     <t>EMENDA AO PLO 001/2017 - ALTERA O ARTIGO 5º.</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/700/700_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/700/700_texto_integral.doc</t>
   </si>
   <si>
     <t>EMENDA AO PL 001 - ALTERA O ARTIGO 6º.</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/714/714_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/714/714_texto_integral.doc</t>
   </si>
   <si>
     <t>EMENDA AO PL 001/2017 - ALTERA O ARTIGO 7º.</t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/994/994_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/994/994_texto_integral.doc</t>
   </si>
   <si>
     <t>EMENDA RETIFICATIVA AO PROJETO DE LEI Nº 0150/2017.</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1016/1016_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1016/1016_texto_integral.doc</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA AO PLC 012/2017 DO PODER EXECUTIVO</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1017/1017_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1017/1017_texto_integral.doc</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA AO PLC 011/2017, DO PODER EXECUTIVO</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1018/1018_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1018/1018_texto_integral.doc</t>
   </si>
   <si>
     <t>APRESENTA EMENDA AO PROJETO DE LEI N° 139/2017, QUE &amp;#8220;DISPÕE SOBRE OS SERVIÇOS DE TRANSPORTE COLETIVO PÚBLICO DE PASSAGEIROS URBANO E RURAL DE URUGUAIANA, ESTABELECE AS NORMAS PARA CONCESSÃO E PERMISSÃO DE SUA EXPLORAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1019/1019_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1019/1019_texto_integral.doc</t>
   </si>
   <si>
     <t>APRESENTA EMENDA AO PROJETO DE LEI N° 139/2017, QUE &amp;#8220;DISPÕE SOBRE OS SERVIÇOS DE TRANSPORTE COLETIVO PÚBLICO DE PASSAGEIROS URBANO E RURAL DE URUGUAIANA, ESTABELECE AS NORMAS PARA CONCESSÃO E PERMISSÃO DE SUA EXPLORAÇÃO E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1020/1020_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1020/1020_texto_integral.doc</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1021/1021_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1021/1021_texto_integral.doc</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1022/1022_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1022/1022_texto_integral.doc</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1023/1023_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1023/1023_texto_integral.doc</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1024/1024_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1024/1024_texto_integral.doc</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1025/1025_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1025/1025_texto_integral.doc</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Zulma</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/7/7_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/7/7_texto_integral.doc</t>
   </si>
   <si>
     <t>RESOLVER O PROBLEMA DO ESGOTO AO CÉU ABERTO NO BAIRRO CIDADE NOVA, MAIS PRECISAMENTE NA  RUA GREGÓRIO BEHEREGARAY, DA LOCALIZAÇÃO DO NÚMERO 4309 ATÉ 4794.</t>
   </si>
   <si>
     <t>Zulma, Suzana Alves</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/11/11_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/11/11_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERAÇÃO DO HORÁRIO DE ATENDIMENTO DA BIBLIOTECA MUNICIPAL</t>
   </si>
   <si>
     <t>Suzana Alves</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/15/15_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/15/15_texto_integral.doc</t>
   </si>
   <si>
     <t>ENCAMINHA AO EXECUTIVO MUNICIPAL, INDICAÇÃO DE PROJETO DE LEI QUE CRIA O SERVIÇO DE ATENDIMENTO DOMICILIAR NA SECRETARIA MUNICIPAL DE SAÚDE DESTINADO A ATENDER PESSOAS PORTADORAS DE DEFICIÊNCIA.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/16/16_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/16/16_texto_integral.doc</t>
   </si>
   <si>
     <t>INCLUIR CAMPANHAS DE VACINAÇÃO NA APLICAÇÃO DA LEI 4.715/2016</t>
   </si>
   <si>
     <t>Josefina Soares</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/17/17_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/17/17_texto_integral.doc</t>
   </si>
   <si>
     <t>REPOSIÇÃO DE LUMINÁRIA NA RUA DORVAL ALEGRE, 1460</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/18/18_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/18/18_texto_integral.doc</t>
   </si>
   <si>
     <t>REPOSIÇÃO DE LÂMPADA NA RUA CAMBUATÁ, 635, QUADRA B - LOTE 16.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/19/19_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/19/19_texto_integral.doc</t>
   </si>
   <si>
     <t>VERIFICAÇÃO DE UM VALETÃO NO BAIRRO ALEXANDRE ZÁCHIA</t>
   </si>
   <si>
     <t>Rafael Alves</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/21/21_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/21/21_texto_integral.doc</t>
   </si>
   <si>
     <t>LEITURA DIÁRIA DO DIÁRIO OFICIAL DA UNIÃO E DO DIÁRIO OFICIAL DO ESTADO, PELA SECRETARIA DE PLANEJAMENTO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>Delgado</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/22/22_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/22/22_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICA SERVIÇOS DE PATROLAMENTO, ENCASCALHAMENTO E, SE POSSÍVEL, ASFALTAMENTO NA RUA ANTÔNIO MONTEIRO.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/23/23_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/23/23_texto_integral.doc</t>
   </si>
   <si>
     <t>RELIGAMENTO DA REDE DE ENERGIA ELÉTRICA NA RUA SENADOR SILVEIRA MARTINS E MANUTENÇÃO DAS INSTALAÇÕES EXISTENTES.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/24/24_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/24/24_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA PROVIDÊNCIAS COM RELAÇÃO AO BURACO NA RUA JOSÉ GOMES DE SOUZA, 1635.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/27/27_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/27/27_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPOSIÇÃO DOS ENDEREÇOS NO BOLETO DE PAGAMENTO DO IMPOSTO PREDIAL E TERRITORIAL URBANO.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/34/34_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/34/34_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA REPOSIÇÃO DE LÂMPADAS NOS LOCAIS QUE MENCIONA.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/35/35_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/35/35_texto_integral.doc</t>
   </si>
   <si>
     <t>REPOSIÇÃO DE LUMINÁRIA NOS BAIRROS HÍPICA E SANTO INÁCIO.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/37/37_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/37/37_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO - SUGESTÃO DE AUDIÊNCIA PÚBLICA SOBRE IMPLANTAÇÃO DE LOJAS FRANCAS EM URUGUAIANA.</t>
   </si>
   <si>
     <t>Mano Gás</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/38/38_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/38/38_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA ILUMINAÇÃO E PATROLAMENTO DE RUAS.</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/49/49_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/49/49_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO - PATROLAMENTO</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/50/50_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/50/50_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE SEMÁFORO - RUA QUINZE DE NOVEMBRO E GENERAL HIPÓLITO.</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/51/51_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/51/51_texto_integral.doc</t>
   </si>
   <si>
     <t>RECUPERAÇÃO DE VIA - RUA IVO RODRIGUES</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/57/57_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/57/57_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO DE SERVIÇO</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/58/58_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/58/58_texto_integral.odt</t>
   </si>
   <si>
     <t>INDICAÇÃO DE SERVIÇO - COSTANEIRA (BARRAGEM SANCHURI)</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/59/59_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/59/59_texto_integral.odt</t>
   </si>
   <si>
     <t>INDICAÇÃO DE SERVIÇO - CANTEIRO CENTRAL (BARRAGEM)</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/60/60_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/60/60_texto_integral.odt</t>
   </si>
   <si>
     <t>INDICAÇÃO DE SERVIÇO - VILA DO AÇUDE</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/64/64_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/64/64_texto_integral.doc</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE REDUTOR DE VELOCIDADE E FAIXA DE SEGURANÇA NA RUA 15 DE NOVEMBRO</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/65/65_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/65/65_texto_integral.doc</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE REDUTOR DE VELOCIDADE NO CRUZAMENTO DAS RUAS FERNANDO FERRARI E AV. FLORES DA CUNHA</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/66/66_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/66/66_texto_integral.doc</t>
   </si>
   <si>
     <t>CRIAÇÃO DE VAGAS ATRAVÉS DE SINALIZAÇÃO DE ESTACIONAMENTO EXCLUSIVO PARA MOTOCICLETAS EM QUADRAS QUE EXISTEM INSTITUIÇÕES BANCÁRIAS, SUPERMERCADOS, PREFEITURA, AVENIDAS E ALGUNS PONTOS COMERCIAIS DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/69/69_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/69/69_texto_integral.doc</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE RAMPA DE ACESSO PARA CADEIRAS DE RODA.</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/70/70_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/70/70_texto_integral.odt</t>
   </si>
   <si>
     <t>REPOSIÇÃO DE LUMINÁRIA COMPLETA NA RUA BENTO GONÇALVES.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/71/71_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/71/71_texto_integral.doc</t>
   </si>
   <si>
     <t>PATROLAMENTO E ENCASCALHAMENTO NO BAIRRO SÃO JOÃO.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/72/72_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/72/72_texto_integral.doc</t>
   </si>
   <si>
     <t>RETIRADA DE LIXO NA RUA SÉRGIO DE OLIVEIRA.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/73/73_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/73/73_texto_integral.doc</t>
   </si>
   <si>
     <t>REPOSIÇÃO DE LÂMPADA NA RUA RAMÃO PRUNES DE OLIVEIRA.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/74/74_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/74/74_texto_integral.doc</t>
   </si>
   <si>
     <t>REPOSIÇÃO DE LÂMPADA NA RUA MAJOR TASSO DE OLIVEIRA.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/77/77_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/77/77_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO DE LIMPEZA DO LOCAL</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/78/78_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/78/78_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA IMPLANTAR UMA MELHOR SINALIZAÇÃO</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/80/80_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/80/80_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA AGILIZAR A LIBERAÇÃO DO ITBI (IMPOSTO DE TRANSMISSÃO DE BENS E IMÓVEIS)</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/84/84_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/84/84_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICARAO SR. EDUARDO FREDIANE, DIRETOR DA EMPRESA ODEBRECHT AMBIENTAL, PARA QUE DETERMINE A EQUIPE DE OBRAS, A SEGUINTE REALIZAÇÃO NO ESPAÇO DENOMINADO "PROJETO BELA VISTA", ÀS MARGENS DO RIO URUGUAI, NO BAIRRO BELA VISTA NO FIM DA RUA PRESIDENTE VARGAS, ATRÁS DA ESCOLA ESTADUAL SALGADO FILHO:_x000D_
 _x000D_
 - DISPONIBILIZAÇÃO DE ÁGUA POTÁVEL.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/85/85_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/85/85_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAR AO EXMO. SR. PREFEITO MUNICIPAL, PARA QUE DETERMINE A SECRETARIA DE OBRAS E SERVIÇOS URBANOS E RURAL, AS SEGUINTES REALIZAÇÕES NO ESPAÇO DENOMINADO "PROJETO BELA VISTA", ÀS MARGENS DO RIO URUGUAI, NO BAIRRO BELA VISTA NO FIM DA RUA PRESIDENTE VARGAS, ATRÁS DA ESCOLA ESTADUAL SALGADO FILHO:_x000D_
 _x000D_
 - COLOCAÇÃO DE POSTES PARA ILUMINAÇÃO PÚBLICA;_x000D_
 - ABERTURA DE OUTRA VIA DE ACESSO AO REFERIDO LOCAL;</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/86/86_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/86/86_texto_integral.odt</t>
   </si>
   <si>
     <t>INDICAR AO EXMO. SR. PREFEITO MUNICIPAL, PARA QUE DETERMINE À SECRETARIA DE OBRAS, SERVIÇOS URBANO E RURAL, A SEJA FEITA A SUBSTITUIÇÃO DE LÂMPADA NA RUA BENTO GONÇALVES, FRENTE AO NÚMERO 3236.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/89/89_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/89/89_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO DE VISTORIA E SUBSTITUIÇÃO DE LUMINÁRIAS NOS BAIRROS VILA JÚLIA, IPIRANGA E PROFILURB.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/90/90_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/90/90_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO DE CONSERTO E PATROLAMENTO DE TODAS AS VIAS PÚBLICAS DO BAIRRO CIDADE ALEGRIA</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/91/91_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/91/91_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO DE CONSERTO DA RUA TIRADENTES</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/92/92_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/92/92_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICA RETOMADA DO ITINERÁRIO DO ÔNIBUS QUE ATENDE O BAIRRO HIPICA I.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/97/97_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/97/97_texto_integral.doc</t>
   </si>
   <si>
     <t>A RECUPERAÇÃO DOS ACESSOS E VIAS QUE CIRCUNDAM O BAIRRO COHAB II E CONSEQUENTEMENTE A IMPLANTAÇÃO DE UM REDUTOR DE VELOCIDADE ENTRE AS QUADRAS 1 E 2</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/98/98_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/98/98_texto_integral.odt</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO FAÇA O DESAQUIRVARMENTO DOS PROJETOS DE LEI DA GUARDA MUNICIPAL</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/106/106_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/106/106_texto_integral.doc</t>
   </si>
   <si>
     <t>MELHORIAS PARA SALAS VELATÓRIAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/113/113_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/113/113_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICA A LIMPEZA DE VALAS E REMOÇÕES DE ENTULHOS NAS PROXIMIDADES DO CRUZAMENTO DAS RUAS PRADO LIMA E MARECHAL DEODORO.</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/114/114_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/114/114_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO DE AÇÃO CIVIL PÚBLICA CONTRA OPERADORA VIVO</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/115/115_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/115/115_texto_integral.doc</t>
   </si>
   <si>
     <t>CONCESSÃO DE FAVORECIMENTO DIFERENCIADO E SIMPLIFICADO AOS EMPRESÁRIOS LOCAIS, NA ELABORAÇÃO DOS EDITAIS DE LICITAÇÕES.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/118/118_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/118/118_texto_integral.doc</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE BANHEIROS NA FEIRA LIVRE DO PARCÃO</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/120/120_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/120/120_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE LIMPEZA EM TORNO DAS ESCOLAS DO MUNICÍPIO DE URUGUAIANA</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/124/124_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/124/124_texto_integral.doc</t>
   </si>
   <si>
     <t>SUGERE A CRIAÇÃO DO CONSELHO E FUNDO MUNICIPAL DE PROTEÇÃO AOS ANIMAIS DE URUGUAIANA.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/125/125_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/125/125_texto_integral.odt</t>
   </si>
   <si>
     <t>TROCA DE LUMINÁRIA NO BAIRRO PROMORAR I, QUADRA 08, CASA 18 E LUMINÁRIA COMPLETA, BAIRRO SÃO CRISTÓVÃO, Q I, CASA 08.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/128/128_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/128/128_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERAÇÃO DA LEI 4.685 DE 18 DE AGOSTO DE 2016</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/132/132_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/132/132_texto_integral.odt</t>
   </si>
   <si>
     <t>SOLICITA ILUMINAÇÃO.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/133/133_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/133/133_texto_integral.odt</t>
   </si>
   <si>
     <t>RESTAURAÇÃO DA VIA DE ACESSO DOS MORADORES.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/137/137_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/137/137_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAR AO EXECUTIVO O PROJETO DE LEI TROCO SOLIDÁRIO.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/138/138_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/138/138_texto_integral.doc</t>
   </si>
   <si>
     <t>RETIRADA DO LIXO DO CEANE (CENTRO DE EDUCAÇÃO AMBIENTAL NOVA ESPERANÇA).</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/140/140_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/140/140_texto_integral.doc</t>
   </si>
   <si>
     <t>LIMPEZA DA CALÇADA, NA RUA JÚLIO DE CASTILHOS 1960, ESQUINA COM A RUA EUSTÁQUIO ORMAZABAL</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/148/148_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/148/148_texto_integral.odt</t>
   </si>
   <si>
     <t>DESOBSTRUÇÃO DAS VALAS E A READEQUAÇÃO DOS BUEIRO.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/151/151_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/151/151_texto_integral.doc</t>
   </si>
   <si>
     <t>A COLOCAÇÃO DE LÂMPADAS NOS ENDEREÇOS SOLICITADOS</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/153/153_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/153/153_texto_integral.doc</t>
   </si>
   <si>
     <t>SERVIÇO DE PATROLAMENTO NO CAMPO DE FUTEBOL NO BAIRRO MASCARENHAS DE MORAES (MARDUQUE)</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/156/156_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/156/156_texto_integral.doc</t>
   </si>
   <si>
     <t>A IMPLANTAÇÃO DE FAIXA AMARELA DE EMBARQUE E DESEMBARQUE EM FRENTE AS ESCOLAS PÚBLICAS E PRIVADAS.</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/160/160_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/160/160_texto_integral.odt</t>
   </si>
   <si>
     <t>REPAROS NAS RUAS E ILUMINAÇÃO DO BAIRRO NOVA ESPERANÇA.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/161/161_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/161/161_texto_integral.doc</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE QUEBRA-MOLAS.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/162/162_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/162/162_texto_integral.odt</t>
   </si>
   <si>
     <t>SEJA SOLUCIONADOS PROBLEMAS EXISTENTES NA FRENTE DA ESCOLA JOSÉ FRANCISCO</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/168/168_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/168/168_texto_integral.odt</t>
   </si>
   <si>
     <t>SOLICITA A IMPLANTAÇÃO DE AROS DE BASQUETE EM QUADRA POLIESPORTIVA.</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/172/172_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/172/172_texto_integral.doc</t>
   </si>
   <si>
     <t>LIMPEZA DO LOCAL E VALAS NAS PROXIMIDADES DAS RUAS ESTILAC LEAL E MARECHAL DEODORO</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/177/177_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/177/177_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇAO PROJETO DE LEI CONSELHO TUTELAR DO IDOSO</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/179/179_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/179/179_texto_integral.doc</t>
   </si>
   <si>
     <t>ATENDIMENTO DIFERENCIADO NOS POSTOS DE SAUDE NOS BAIRROS UNIÃO DAS VILAS E CABO LUIS QUEVEDO</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/190/190_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/190/190_texto_integral.doc</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE UMA ACADEMIA AO AR LIVRE NA PRAÇA DO BAIRRO COHAB I.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/191/191_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/191/191_texto_integral.doc</t>
   </si>
   <si>
     <t>REPOSIÇÃO DE LUMINÁRIA COMPLETA NOS BAIRROS COHAB I E IPIRANGA.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/192/192_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/192/192_texto_integral.doc</t>
   </si>
   <si>
     <t>REPOSIÇÃO DE LÂMPADA NAS RUAS GENERAL VITORINO, GENERAL HIPÓLITO E NAS ÁREAS VERDES.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/193/193_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/193/193_texto_integral.doc</t>
   </si>
   <si>
     <t>REPOSIÇÃO DE LÂMPADA NA RUA EMILIO BRANDI.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/199/199_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/199/199_texto_integral.odt</t>
   </si>
   <si>
     <t>INDICA QUE O EXECUTIVO FAÇA ADESÃO AO SIM/RS (SISTEMA DE SEGURANÇA INTEGRADA COM MUNICÍPIOS DO RIO GRANDE DO SUL).</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/200/200_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/200/200_texto_integral.odt</t>
   </si>
   <si>
     <t>VIABILIDADE DA REALIZAÇÃO DE UM MUTIRÃO EM CONJUNTO COM MORADORES E AÇÃO PARA MANUTENÇÃO DAS VIAS DE ACESSO DE DETERMINADOS BAIRROS.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/201/201_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/201/201_texto_integral.doc</t>
   </si>
   <si>
     <t>LIMPEZA DE TERRENOS BALDIOS</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/204/204_texto_integral.doc</t>
-[...2 lines deleted...]
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/205/205_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/204/204_texto_integral.doc</t>
+  </si>
+  <si>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/205/205_texto_integral.doc</t>
   </si>
   <si>
     <t>A IMPLANTAÇÃO DE UMA FAIXA AMARELA DE EMBARQUE E DESEMBARQUE EM FRENTE AO CURSO PRÉ-VESTIBULAR NA 15 DE NOVEMBRO</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/206/206_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/206/206_texto_integral.doc</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE UMA FAIXA DE PEDESTRE NA RUA 15 DE NOVEMBRO EM FRENTE AO CURSO PRÉ-VESTIBULAR</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/207/207_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/207/207_texto_integral.doc</t>
   </si>
   <si>
     <t>O RETORNO DAS ATIVIDADES DA RONDA SOCIAL NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/208/208_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/208/208_texto_integral.odt</t>
   </si>
   <si>
     <t>INDICAÇÃO DE REVITALIZAÇÃO DE ÁREA VERDE NA VILA DO AÇUDE.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/209/209_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/209/209_texto_integral.odt</t>
   </si>
   <si>
     <t>INDICAÇÃO DE REVITALIZAÇÃO DE QUADRA ESPORTIVA NO PLANO ALTO.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/212/212_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/212/212_texto_integral.odt</t>
   </si>
   <si>
     <t>SOLICITA QUE O MUNICÍPIO DEFLAGRE O PROCESSO DE UMA PPP (PARCERIA PÚBLICO PRIVADA) PARA GERIR, INSTALAR, MODERNIZAR, AMPLIAR, OPERAR E MANTER O PARQUE DE ILUMINAÇÃO DA CIDADE.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/213/213_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/213/213_texto_integral.doc</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE DEFENSAS RODOVIÁRIAS NA RODOVIA BR 472, LOCALIDADE DA BARRAGEM SANCHURI.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/218/218_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/218/218_texto_integral.doc</t>
   </si>
   <si>
     <t>PATROLAMENTO E ENCASCALHAMENTO NO BAIRRO CHÁCARA DO SOL.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/219/219_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/219/219_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA GUARDA DE TRÂNSITO NA E.M.E.I. VASCO PRADO</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/220/220_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/220/220_texto_integral.doc</t>
   </si>
   <si>
     <t>LIMPEZA DE VALAS NA TRAVESSA NUMERO 1 DA RUA PRADO LIMA ANTES DA RUA CABO LUIS QUEVEDO</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/221/221_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/221/221_texto_integral.doc</t>
   </si>
   <si>
     <t>REPOSIÇÃO DE LÂMPADAS NOS ENDEREÇOS ABAIXO DO CONJUNTO HABITACIONAL JOÃO PAULO II</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/222/222_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/222/222_texto_integral.doc</t>
   </si>
   <si>
     <t>REPOSIÇÃO DE LÂMPADAS NOS ENDEREÇOS ABAIXO DO CONJUNTO HABITACIONAL SALVADOR FARACO</t>
   </si>
   <si>
     <t>SOLICITA LIMPEZA DE VALOS, BUEIROS E TERRENO.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/231/231_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/231/231_texto_integral.odt</t>
   </si>
   <si>
     <t>PATROLAMENTO DA RUA ÉRICO VERÍSSIMO</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/232/232_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/232/232_texto_integral.odt</t>
   </si>
   <si>
     <t>PATROLAMENTO DA RUA SALGADO FILHO</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/234/234_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/234/234_texto_integral.odt</t>
   </si>
   <si>
     <t>RESTABELECIMENTO DE ILUMINAÇÃO E RESTAURAÇÃO DE VIA.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/244/244_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/244/244_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE SEJA ENCAMINHADO AO CONSELHO DE CULTURA E DELIBERADO JUNTO A SECRETARIA DE CULTURA A REALIZAÇÃO DE ATIVIDADES EM COMEMORAÇÃO ALUSIVA AOS 70 ANOS DA PONTE INTERNACIONAL NO DIA 21 DE MAIO.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/245/245_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/245/245_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE SEJA PROIBIDO O ESTACIONAMENTO DE ÔNIBUS EM FRENTE A ESCOLA INFANTIL JOSÉ DOMINGOS DE ALMEIDA, EM FRENTE AO TERMINAL DE ÔNIBUS.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/246/246_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/246/246_texto_integral.doc</t>
   </si>
   <si>
     <t>ESTUDAR A VIABILIDADE DE ADICIONAR A PERICULOSIDADE NA REMUNERAÇÃO DOS MOTORISTAS DO CONSELHO TUTELAR</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/248/248_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/248/248_texto_integral.odt</t>
   </si>
   <si>
     <t>SUBSTITUIÇÃO DE LÂMPADA NA RUA JÚLIO DE CASTILHOS</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/249/249_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/249/249_texto_integral.odt</t>
   </si>
   <si>
     <t>PEDIDO DE TAMPAS BOCA DE LOBO NA MARDUQUE</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/250/250_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/250/250_texto_integral.odt</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE ILUMINAÇÃO E PATROLAMENTO NO BAIRRO CABO LUIZ QUEVEDO.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>Elton da Rocha, Suzana Alves</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/251/251_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/251/251_texto_integral.doc</t>
   </si>
   <si>
     <t>ESTUDAR A VIABILIDADE DE ADICIONAR A INSALUBRIDADE NA REMUNERAÇÃO DOS MOTORISTAS DA SAMU.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/253/253_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/253/253_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICA A SUBSTITUIÇÃO DE LÂMPADAS NO TREVO QUE DÁ ACESSO AO BAIRRO MASCARENHAS DE MORAES</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/254/254_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/254/254_texto_integral.odt</t>
   </si>
   <si>
     <t>ADEQUAÇÃO DA LINHA DE ÔNIBUS DO TRANSPORTE PÚBLICO ATÉ A VILA DE CHARQUEADA OESTE</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/255/255_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/255/255_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA DA PRAÇA DO CONJUNTO HABITACIONAL JOÃO PAULO II</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/256/256_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/256/256_texto_integral.odt</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE BRAÇOS E LÂMPADAS A NA RUA GENERAL PROPÍCIO, 3093 NO BAIRRO MASCARENHAS DE MORAES.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/257/257_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/257/257_texto_integral.odt</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE ENCASCALHAMENTO E PATROLAMENTO DA ALAMEDA DOS ESPINILHOS</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/258/258_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/258/258_texto_integral.odt</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE ENCASCALHAMENTO E PATROLAMENTO DA RUA JOSÉ GOMES DE SOUZA, BAIRRO CIDADE ALEGRIA.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/259/259_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/259/259_texto_integral.odt</t>
   </si>
   <si>
     <t>SOLICITA PODA DE ÁRVORES</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/268/268_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/268/268_texto_integral.odt</t>
   </si>
   <si>
     <t>SOLICITA O RETORNO DO SISTEMA DE ATENDIMENTO DOMICILIAR DE SAÚDE CURE OU SIMILAR.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/269/269_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/269/269_texto_integral.doc</t>
   </si>
   <si>
     <t>PEDIDO PARA DNIT SUBSTITUIÇÃO DE LAMPADAS</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/270/270_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/270/270_texto_integral.odt</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE LIMPEZA DE VALAS NO SANTO INÁCIO</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/272/272_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/272/272_texto_integral.odt</t>
   </si>
   <si>
     <t>PEDIDO DE TAMPAS BOCA DE LOBO E ESTACIONAMENTO OBLÍQUO</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/273/273_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/273/273_texto_integral.odt</t>
   </si>
   <si>
     <t>OPERAÇÃO TAMPA BURACOS EM TODA A EXTENSÃO DA RUA DEP. FERNANDO FERRARI.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/275/275_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/275/275_texto_integral.odt</t>
   </si>
   <si>
     <t>REPOSIÇÃO DE LÂMPADA NA RUA GENERAL HIPÓLITO.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/276/276_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/276/276_texto_integral.doc</t>
   </si>
   <si>
     <t>RECOLHIMENTO DE ANIMAIS MORTOS NA ESTRADA DO IMBAÁ.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/280/280_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/280/280_texto_integral.odt</t>
   </si>
   <si>
     <t>SOLICITA IDA DO TRANSPORTE ESCOLAR EM DETERMINADOS PONTOS DO INTERIOR.</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/285/285_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/285/285_texto_integral.odt</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE TROCA DE LÂMPADAS NA RUA GENERAL HIPÓLITO</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/287/287_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/287/287_texto_integral.odt</t>
   </si>
   <si>
     <t>RESTABELECIMENTO DA ILUMINAÇÃO PÚBLICA.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/288/288_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/288/288_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A ABERTURA DA ACADEMIA APÓS O HORÁRIO DE ATENDIMENTO DO POSTO DE SAÚDE DO BAIRRO CIDADE NOVA.</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/289/289_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/289/289_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA, COLOCAÇÃO DE BUEIROS E UMA TAMPA NA BOCA DE LOBO NOS ENDEREÇOS CITADOS.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/290/290_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/290/290_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A COLOCAÇÃO DE LÂMPADAS NOS LOCAIS CITADOS.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/291/291_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/291/291_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A COLOCAÇÃO DE CASCALHO E SERVIÇO DE PATROLAMENTO NOS LOCAIS CITADOS.</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/292/292_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/292/292_texto_integral.doc</t>
   </si>
   <si>
     <t>A COLOCAÇÃO DO MEIO-FIO NA QUADRA DA FRENTE DA ESCOLA MARILIA SANCHOTENE</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/296/296_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/296/296_texto_integral.odt</t>
   </si>
   <si>
     <t>ADEQUAÇÃO DOS BANHEIROS DA PRAÇA BARÃO DO RIO BRANCO PARA PESSOAS COM DEFICIÊNCIA.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/297/297_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/297/297_texto_integral.odt</t>
   </si>
   <si>
     <t>REVISÃO E ANULAÇÃO DO CONTRATO APROVADO SOB A LEI 4.540/2015 (EXTRAÇÃO DE MADEIRA DO HORTO MUNICIPAL EM FAVOR DA SANTA CASA DE CARIDADE)</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/298/298_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/298/298_texto_integral.odt</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE ENCASCALHAMENTO, PATROLAMENTO E TROCA DE LÂMPADA QUEIMADA NA RUA ERICO VERÍSSIMO</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/300/300_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/300/300_texto_integral.odt</t>
   </si>
   <si>
     <t>RESTAURAÇÃO RUA JOQUIM MURTINHO</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/301/301_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/301/301_texto_integral.odt</t>
   </si>
   <si>
     <t>MANUTENÇÃO PRACINHA TR MAESTRO JOSÉ SERVAN</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/303/303_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/303/303_texto_integral.odt</t>
   </si>
   <si>
     <t>LIMPEZA E FISCALIZAÇÃO EM TORNO DO GALPÃO EMPRESÁRIO DO BAIRRO.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/305/305_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/305/305_texto_integral.odt</t>
   </si>
   <si>
     <t>RESTABELECIMENTO DE ILUMINAÇÃO PÚBLICA</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/306/306_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/306/306_texto_integral.odt</t>
   </si>
   <si>
     <t>INDICA PODA DE ÁRVORE</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/307/307_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/307/307_texto_integral.odt</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE RETIRADA DE ESTACIONAMENTO OBLÍQUO</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/315/315_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/315/315_texto_integral.odt</t>
   </si>
   <si>
     <t>TROCA DE LUMINÁRIA</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/316/316_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/316/316_texto_integral.odt</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE APARELHOS DE GINÁSTICA NO BAIRRO UNIÃO DAS VILAS, ATRÁS DO POSTO 7.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/317/317_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/317/317_texto_integral.odt</t>
   </si>
   <si>
     <t>PEDIDO DE OPERAÇÃO TAMPA BURACOS NA RUA GENERAL CÂMARA</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/319/319_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/319/319_texto_integral.odt</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE TROCA DE LÂMPADAS NA VILA DO IMBAÁ</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>Delgado, Mano Gás</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/321/321_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/321/321_texto_integral.doc</t>
   </si>
   <si>
     <t>ENCAMINHA INDICAÇÃO DE PROJETO DE LEI QUE DISPÕE SOBRE A COMERCIALIZAÇÃO DE ALIMENTOS EM ÁREAS PÚBLICAS E PARTICULARES-FOOD TRUCKS.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/323/323_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/323/323_texto_integral.odt</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/324/324_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/324/324_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO AO PODER EXECUTIVO PARA CRIAÇÃO DO PROGRAMA FARMÁCIA SOLIDÁRIA.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/328/328_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/328/328_texto_integral.odt</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE COLOCAÇÃO DE COBERTURA DE PARADA DE ÔNIBUS FRENTE A S.R.C. OS ROUXINÓIS.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/329/329_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/329/329_texto_integral.doc</t>
   </si>
   <si>
     <t>A REPOSIÇÃO COMPLETA DOS REFLETORES DA QUADRA DE ESPORTES DO BAIRRO RIO BRANCO</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/330/330_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/330/330_texto_integral.doc</t>
   </si>
   <si>
     <t>SUGERINDO INSTITUIÇÃO DO NOME SOCIAL NO ÂMBITO MUNICIPAL DE URUGUAIANA</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/346/346_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/346/346_texto_integral.odt</t>
   </si>
   <si>
     <t>REPINTURA DAS FAIXAS DE SEGURANÇA FRENTE Á TODAS AS ESCOLAS</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/347/347_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/347/347_texto_integral.doc</t>
   </si>
   <si>
     <t>SUGERE A CRIAÇÃO DO CONSELHO MUNICIPAL DO COMÉRCIO EXTERIOR</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/349/349_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/349/349_texto_integral.doc</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE REDUTORES DE VELOCIDADE NAS RUAS MONTE CASEIROS E DOMINGOS DE ALMEIDA.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/356/356_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/356/356_texto_integral.odt</t>
   </si>
   <si>
     <t>REPOSIÇÃO DE LUMINÁRIA COMPLETA NA COHAB I.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/357/357_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/357/357_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA GUARDA DE TRÂNSITO NA ESCOLA DE EDUCAÇÃO INFANTIL NOSSA SENHORA DE LOURDES.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/358/358_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/358/358_texto_integral.doc</t>
   </si>
   <si>
     <t>TAPAR UM BURACO (CRATERA) NA RUA FLORES DA CUNHA</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/361/361_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/361/361_texto_integral.odt</t>
   </si>
   <si>
     <t>RETIRADA DE LIXO E FISCALIZAÇÃO QUANTO AO DESCARTE DE LIXO.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/362/362_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/362/362_texto_integral.odt</t>
   </si>
   <si>
     <t>TROCA DE LUMINÁRIA NA RUA FELICIANO RIBEIRO, N° 2930.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
     <t>Eric Lins, Clemente, Elton da Rocha, Mano Gás, Rafael Alves, Suzana Alves, Vilson Jose Brites, Zulma</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/363/363_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/363/363_texto_integral.odt</t>
   </si>
   <si>
     <t>ENCAMINHA A INDICAÇÃO DE ALTERAÇÃO NO ESTATUTO PARA REGULAMENTAR A LICENÇA PARA A ADAPTAÇÃO A FAMÍLIA NOS CASOS DE ADOÇÃO</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/368/368_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/368/368_texto_integral.doc</t>
   </si>
   <si>
     <t>RECLASSIFICAÇÃO A CATEGORIA DE GUARDA MUNICIPAL.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/369/369_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/369/369_texto_integral.doc</t>
   </si>
   <si>
     <t>BANDA MUNICIPAL PASSE A SER INCLUSA COMO PROJETO DA SECRETARIA MUNICIPAL DE EDUCAÇÃO.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/372/372_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/372/372_texto_integral.doc</t>
   </si>
   <si>
     <t>TAPAR BURACO (CRATERA) NA RUA 15 DE NOVEMBRO.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/373/373_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/373/373_texto_integral.doc</t>
   </si>
   <si>
     <t>TAPAR BURACOS (CRATERAS) NA RUA EUSTÁQUIO ORMAZABAL.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/374/374_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/374/374_texto_integral.doc</t>
   </si>
   <si>
     <t>TAPAR BURACOS (CRATERAS) E RETIRAR CALOMBOS NA RUA JÚLIO DE CASTILHOS.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/375/375_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/375/375_texto_integral.doc</t>
   </si>
   <si>
     <t>TAPAR BURACOS NA RUA CABO LUIS QUEVEDO.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/376/376_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/376/376_texto_integral.doc</t>
   </si>
   <si>
     <t>PATROLAMENTO E ENCASCALHAMENTO NA RUA ESTILAC LEAL.</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/377/377_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/377/377_texto_integral.odt</t>
   </si>
   <si>
     <t>TROCA DE LUMINÁRIA NA RUA 1, EM FRENTE A CASA N° 48 B, BAIRRO CIBRAZEM.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/378/378_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/378/378_texto_integral.doc</t>
   </si>
   <si>
     <t>ACRESCENTAR A ATRIBUIÇÃO DE AGENTE DE TRÂNSITO NAS ATRIBUIÇÕES DOS GUARDAS ESCOLARES.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/379/379_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/379/379_texto_integral.doc</t>
   </si>
   <si>
     <t>LIMPEZA DE BUEIROS NA IPIRANGA</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/384/384_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/384/384_texto_integral.odt</t>
   </si>
   <si>
     <t>TROCA DE LUMINÁRIA NO JARDIM DO SALSO, FRENTE AO NÚMERO 32.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/385/385_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/385/385_texto_integral.odt</t>
   </si>
   <si>
     <t>TROCA DE LUMINÁRIA NA RUA BENJAMIN CONSTANT, FRENTE AO N° 3664 E PASSAR O ROLO NA RUA JOSÉ GARIBALDI.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/386/386_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/386/386_texto_integral.odt</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE UMA PLACA DE MÃO ÚNICA</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/388/388_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/388/388_texto_integral.odt</t>
   </si>
   <si>
     <t>TROCA DE LUMINÁRIA NA RUA FERNANDO FERRARI, FRENTE AOS NÚMEROS 795 E 808.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/392/392_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/392/392_texto_integral.doc</t>
   </si>
   <si>
     <t>TAPAR BURACOS NA RUA PRADO LIMA.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/397/397_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/397/397_texto_integral.doc</t>
   </si>
   <si>
     <t>PROBLEMAS NA DRENAGEM DE ÁGUAS PLUVIAIS NA GREGÓRIO BEHEREGARAY</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/398/398_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/398/398_texto_integral.doc</t>
   </si>
   <si>
     <t>A CAPACITAÇÃO DOS GUARDAS MUNICIPAIS PARA EXERCER AS FUNÇÕES DE TRÂNSITO QUE LHES FOREM CONFERIDAS CONFORME A LEI N° 13.022 DE 8 DE AGOSTO DE 2014.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/399/399_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/399/399_texto_integral.odt</t>
   </si>
   <si>
     <t>NAS CONTRATAÇÕES PARA AGENTE DE COMBATE AS ENDEMIAS E AGENTE COMUNITÁRIO DE SAÚDE SEJA CRIADO UM QUESITO DE PROVA DE TÍTULOS.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/401/401_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/401/401_texto_integral.odt</t>
   </si>
   <si>
     <t>SEJAM TOMADAS PROVIDÊNCIAS PARA QUE OS VALORES DOS &amp;#8220;INCENTIVOS&amp;#8221; A QUE TÊM DIREITO OS AGENTES DE COMBATE AS ENDEMIAS E OS AGENTES COMUNITÁRIO DE SAÚDE, LHES SEJAM PAGOS.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/406/406_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/406/406_texto_integral.odt</t>
   </si>
   <si>
     <t>REPOSIÇÃO DE LÂMPADA NA RUA FERNANDO FERRARI</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/411/411_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/411/411_texto_integral.doc</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE UM REDUTOR DE VELOCIDADE NA AV. PRESIDENTE GETÚLIO VARGAS EM FRENTE A APAE E A ESCOLA CÂNDIDO RANDON.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/412/412_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/412/412_texto_integral.odt</t>
   </si>
   <si>
     <t>SOLICITA LIMPEZA DE TERRENO NO BAIRRO PROFICAR</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/416/416_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/416/416_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERAÇÃO DA NOMENCLATURA DA GUARDA MUNICIPAL</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/419/419_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/419/419_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO QUE REALIZE CONTATO COM O BADESUL A FIM DE AGILIZAR FINANCIAMENTOS PARA PROBLEMAS DIÁRIAS DE NOSSA COMUNIDADE.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/420/420_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/420/420_texto_integral.odt</t>
   </si>
   <si>
     <t>REPAROS NAS RUAS NÚMEROS 2, 3 E 4 DA HORTA PÚBLICA.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/421/421_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/421/421_texto_integral.odt</t>
   </si>
   <si>
     <t>REPAROS NA RUA VENÂNCIO AIRES, ENTRE A RUA JOÃO MANOEL E A RUA SANTANA</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>RESTABELECIMENTO DA ILUMINAÇÃO NO BAIRRO BETÂNIA</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/429/429_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/429/429_texto_integral.doc</t>
   </si>
   <si>
     <t>REPARO ENTRE RUAS VENÂNCIO AIRES E HOMERO TARRAGO.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/430/430_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/430/430_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO DE VISTORIA NO ESGOTO PLUVIAL DA PADRE ANCHIETA.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/431/431_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/431/431_texto_integral.doc</t>
   </si>
   <si>
     <t>TAPAR UMA CRATERA NA RUA JOAL DE LIMA E SILVA.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/432/432_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/432/432_texto_integral.doc</t>
   </si>
   <si>
     <t>TAPAR UMA CRATERA NA RUA FLORES DA CUNHA.</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/435/435_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/435/435_texto_integral.odt</t>
   </si>
   <si>
     <t>INDICAÇÃO DE SERVIÇO NA RUA GONÇALVES VIANA</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/438/438_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/438/438_texto_integral.odt</t>
   </si>
   <si>
     <t>SOLICITA QUE O PODER EXECUTIVO FAÇA A PRORROGAÇÃO DOS CONTRATOS DOS AGENTE DE COMBATE AS ENDEMIAS OU DEFLAGRE O PROCESSO DE NOVAS CONTRATAÇÕES.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/440/440_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/440/440_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA RUA JOAL DE LIMA E SILVA,SOLICITA QUE SEJAM COLOCADAS LUMINÁRIA COMPLETA E LÂMPADAS NA RUA.</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/442/442_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/442/442_texto_integral.odt</t>
   </si>
   <si>
     <t>SOLICITA PODA DE ARVORE NA RUA PADRE ANCHIETA</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/446/446_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/446/446_texto_integral.odt</t>
   </si>
   <si>
     <t>INDICAÇÃO DE SERVIÇO - ABRIGO PARADA NO AFERIDOR</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/449/449_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/449/449_texto_integral.odt</t>
   </si>
   <si>
     <t>REDUTOR DE VELOCIDADE NA RUA FERNANDO FERRARI COM VENÂNCIO AIRES</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/451/451_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/451/451_texto_integral.odt</t>
   </si>
   <si>
     <t>SOLICITA REPAROS EM DETERMINADAS RUAS DA CHÁCARA DO SOL</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/453/453_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/453/453_texto_integral.odt</t>
   </si>
   <si>
     <t>INDICAÇÃO DE PROJETO DE LEI - ALTERAÇÃO DO ARTIGO 1º E PARÁGRAFO ÚNICO DA LEI Nº 2.182/90</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/454/454_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/454/454_texto_integral.odt</t>
   </si>
   <si>
     <t>CONSERTO DA RAMPA DE ACESSO A CADEIRANTES</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/461/461_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/461/461_texto_integral.odt</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE LÂMPADA NA RUA DORVAL ARREGUI (BECO)</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/465/465_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/465/465_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO BRK AMBIENTAL, ISENÇÃO TAXA NA ENCHENTE.</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/473/473_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/473/473_texto_integral.odt</t>
   </si>
   <si>
     <t>REABERTURA DO BANHEIRO COM CHUVEIRO QUENTE NA RODOVIARIA.</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/474/474_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/474/474_texto_integral.odt</t>
   </si>
   <si>
     <t>MANUTENÇÃO DAS TORNEIRAS DOS BANHEIROS DO TERMINAL DE ONIBUS.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/475/475_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/475/475_texto_integral.odt</t>
   </si>
   <si>
     <t>REVITALIZAÇÃO DAS RUAS NA ENTRADA DA UNIÃO VILAS ATÉ A ESCOLA MOACYR E NA AV. JARDIM DO SALSO.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/479/479_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/479/479_texto_integral.odt</t>
   </si>
   <si>
     <t>INDICAÇÃO DE SERVIÇO REVITALIZAÇÃO DA VILA DO AÇUDE</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/486/486_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/486/486_texto_integral.doc</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE ATERRO NA PROLAR.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/489/489_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/489/489_texto_integral.odt</t>
   </si>
   <si>
     <t>SOLICITAÇÃO RETIRADA DE LIXO NA SETEMBRINO COM GENERAL CÂMARA</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/491/491_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/491/491_texto_integral.odt</t>
   </si>
   <si>
     <t>CRIAÇÃO DE UM PROJETO DE LEI PARA A ATUALIZAÇÃO TRIBUTÁRIA NOS IMÓVEIS URBANOS EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/492/492_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/492/492_texto_integral.odt</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CONSTRUÇÃO DE SANITÁRIOS NA PRAÇA FARROUPILHA</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>Mano Gás, Clemente</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/496/496_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/496/496_texto_integral.odt</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA PROPOR A ALTERAÇÃO DA LEI 4.111/12 - PLANO DE CARREIRA DO MAGISTÉRIO PÚBLICO MUNICIPAL.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/499/499_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/499/499_texto_integral.odt</t>
   </si>
   <si>
     <t>TROCA DE LUMINÁRIA NA RUA RODRIGUES PORTUGAL, FRENTE AO N° 3585.</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/501/501_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/501/501_texto_integral.doc</t>
   </si>
   <si>
     <t>SUGESTÃO DE PROJETO DE LEI A SER REALIZADO PELO PODER EXECUTIVO.</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/502/502_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/502/502_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO DE LIMPEZA RUA FERNANDO FERRARI</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/506/506_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/506/506_texto_integral.odt</t>
   </si>
   <si>
     <t>PROVIDENCIAS PARA  REGISTRO CNPJ DA GUARDA CIVIL MUNICIPAL JUNTO A RECEITA FEDERAL</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/511/511_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/511/511_texto_integral.odt</t>
   </si>
   <si>
     <t>PATROLAMENTO E CASCALHAMENTO</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/512/512_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/512/512_texto_integral.odt</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES QUANTO AS PESAGENS DOS CAMINHÕES DE COLETA DE LIXO, SE ESTÃO SENDO EFETUADAS NA ORIGEM E DESTINO E QUAL AGENTE PÚBLICO EFETUA O CONTROLE DAS PESAGENS</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/516/516_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/516/516_texto_integral.odt</t>
   </si>
   <si>
     <t>REVITALIZAÇÃO DO BRETE AO LADO DO AEROPORTO</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/529/529_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/529/529_texto_integral.odt</t>
   </si>
   <si>
     <t>PEDIDO DE OPERAÇÃO TAPA BURACOS NA RUA TIRADENTES</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/534/534_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/534/534_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO DE CASCALHAMENTO NO BAIRRO COHAB2</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/536/536_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/536/536_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A REGULAMENTAÇÃO DE SERVIÇO DE VERIFICAÇÃO DE ÓBITOS.</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/537/537_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/537/537_texto_integral.doc</t>
   </si>
   <si>
     <t>SERVIÇO DE DESOBSTRUÇÃO DE BUEIROS E REPOSIÇÃO DE LÂMPADAS.</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/560/560_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/560/560_texto_integral.odt</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE BUEIROS TR. CRENEVE</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/561/561_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/561/561_texto_integral.odt</t>
   </si>
   <si>
     <t>RESTABELECIMENTO ILUMINAÇÃO PUBLICA NA RUA ANDRADAS, FRENTE AO NUMERO 3773.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/562/562_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/562/562_texto_integral.odt</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE LÂMPADAS NA COMUNIDADE DO BAIRRO CRISTAL</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/563/563_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/563/563_texto_integral.odt</t>
   </si>
   <si>
     <t>RETIRADA DE LIXO EXISTENTE EM UMA ÁREA DO MUNICÍPIO DESTINADA A PRAÇA DE RECREAÇÃO ENTRE AS VILAS DNER E PRO-MORAR I.</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/567/567_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/567/567_texto_integral.odt</t>
   </si>
   <si>
     <t>REPOSIÇÃO DE LÂMPADA NAS SEGUINTES RUAS: DARDO DE MENEZES, ANDRADAS E CABO LUIS QUEVEDO.</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/569/569_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/569/569_texto_integral.odt</t>
   </si>
   <si>
     <t>ACADEMIA AO AR LIVRE</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/570/570_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/570/570_texto_integral.odt</t>
   </si>
   <si>
     <t>TROCA DE LUMINÁRIA RUA RODRIGUES PORTUGAL, 3525</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/571/571_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/571/571_texto_integral.odt</t>
   </si>
   <si>
     <t>PATROLAMENTO E CASCALHAMENTO BAIRRO ANITA GARIBALDI</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/572/572_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/572/572_texto_integral.odt</t>
   </si>
   <si>
     <t>PATROLAMENTO E CASCALHAMENTO DO INTERIOR</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/580/580_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/580/580_texto_integral.doc</t>
   </si>
   <si>
     <t>INCLUSÃO DE RAMPAS DE ACESSIBILIDADE</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/581/581_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/581/581_texto_integral.doc</t>
   </si>
   <si>
     <t>REVITALIZAÇÃO DOS QUEBRA-MOLAS E PINTURA DA FAIXA DE PEDESTRE EM FRENTE A EMEI MONTEIRO LOBATO.</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/583/583_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/583/583_texto_integral.odt</t>
   </si>
   <si>
     <t>REPAROS NA RUA ANTÔNIO MONTEIRO, ENTRE A RUA BENJAMIN CONSTANT E A RUA VENÂNCIO AIRES.</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/585/585_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/585/585_texto_integral.odt</t>
   </si>
   <si>
     <t>INDICAÇÃO DE RETOMADA DO CONVÊNIO ENTRE PMU E GETAE</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/586/586_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/586/586_texto_integral.odt</t>
   </si>
   <si>
     <t>CONSERTO DO TELHADO EMEI - ESCOLA MUNICIPAL DE EDUCAÇÃO INFANTIL TIA MERCEDES</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/590/590_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/590/590_texto_integral.doc</t>
   </si>
   <si>
     <t>A CRIAÇÃO DO AUXÍLIO UNIFORME E REGULAMENTAÇÃO DO MESMO.</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/594/594_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/594/594_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA O PATROLAMENTO NAS RUAS QUE MENCIONA.</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/597/597_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/597/597_texto_integral.doc</t>
   </si>
   <si>
     <t>CORRESPONDÊNCIA À SECRETARIA DE SEGURANÇA PÚBLICA DO RS, PARA QUE PROCEDA ESTUDOS A FIM DE ANALISAR VIABILIDADE DA CRIAÇÃO DE TURMA PARA O CURSO DE FORMAÇÃO DA BRIGADA MILITAR EM URUGUAIANA.</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/603/603_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/603/603_texto_integral.doc</t>
   </si>
   <si>
     <t>PATROLAMENTO E ENCASCALHAMENTO NO BAIRRO CIDADE NOVA.</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/604/604_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/604/604_texto_integral.odt</t>
   </si>
   <si>
     <t>REPOSIÇÃO DE LÂMPADA NA RUA ENGENHEIRO HERCULES ALAOR BOM.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/605/605_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/605/605_texto_integral.doc</t>
   </si>
   <si>
     <t>TAPAR CRATERAS NA RUAS SANTANA E BENTO MARTINS.</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/607/607_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/607/607_texto_integral.odt</t>
   </si>
   <si>
     <t>INDICAÇÃO DE CRIAÇÃO DO PROGRAMA DE EDUCAÇÃO EMPREENDEDORA NO ENSINO FUNDAMENTAL</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/608/608_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/608/608_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO DE CRIAÇÃO DO PROGRAMA MERENDA NAS FÉRIAS</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/609/609_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/609/609_texto_integral.odt</t>
   </si>
   <si>
     <t>TROCA DE LUMINÁRIA NA RUA BENTO GONÇALVES, FRENTE AO N° 1825</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/622/622_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/622/622_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE TROCAS DE LÂMPADAS DA RUA SETE DE SETEMBRO.</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/631/631_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/631/631_texto_integral.doc</t>
   </si>
   <si>
     <t>PEDIDO DE OPERAÇÃO TAPA BURACOS NA RUA ALCEU WAMOSI.</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/632/632_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/632/632_texto_integral.doc</t>
   </si>
   <si>
     <t>TAPAR BURACOS EXISTENTES NAS SEGUINTES RUAS: FLORES DA CUNHA, TREZE DE MAIO E GENERAL VITORINO.</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/633/633_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/633/633_texto_integral.doc</t>
   </si>
   <si>
     <t>PATROLAMENTO E ENCASCALHAMENTO NAS RUAS BORGES DA COSTA, GENERAL VITORINO E CAMBOATA</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/636/636_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/636/636_texto_integral.doc</t>
   </si>
   <si>
     <t>TROCA DE LUMINÁRIA BENTO GONÇALVES, 3545</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/643/643_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/643/643_texto_integral.doc</t>
   </si>
   <si>
     <t>LIMPEZA E COLOCAÇÃO DE BOEIROS NA RUA G. CANABARRO ENTRE EUSTÁQUIO ORMAZABAL E MARECHAL DEODORO.</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/648/648_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/648/648_texto_integral.doc</t>
   </si>
   <si>
     <t>RESTABELECIMENTO DA ILUMINAÇÃO PÚBLICA NA RUA HOMERO TARRAGO, FRENTE AO NÚMERO 252.</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/653/653_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/653/653_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE A ADMINISTRAÇÃO PÚBLICA MUNICIPAL MANIFESTE A INTENÇÃO JUNTO A UNIPAMPA PARA A OFERTA DE CURSOS DE GRADUAÇÃO E PÓS - GRADUAÇÃO EM EDUCAÇÃO, NA MODALIDADE À DISTÂNCIA, EM URUGUAIANA.</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/654/654_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/654/654_texto_integral.doc</t>
   </si>
   <si>
     <t>ENCASCALHAMENTO DAS RUAS QUE MENCIONA.</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/655/655_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/655/655_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE SEJA FEITA A COLETA DE LIXO NO POVOADO TRÊS BOCAS</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/661/661_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/661/661_texto_integral.odt</t>
   </si>
   <si>
     <t>DESENTUPIMENTO E LIMPEZA DE BOCA DE LOBO NA TRAVESSA EUNICE WEBER.</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/662/662_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/662/662_texto_integral.doc</t>
   </si>
   <si>
     <t>SUGESTÃO PARA GUARDA MUNICIPAL DE POLICIAMENTO NO BAIRRO RUI RAMOS</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/663/663_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/663/663_texto_integral.doc</t>
   </si>
   <si>
     <t>RESTAURAÇÃO E LIMPEZA DA PRAÇA DO TRABALHADOR NO BAIRRO RUI RAMOS.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/664/664_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/664/664_texto_integral.doc</t>
   </si>
   <si>
     <t>SUGESTÃO PARA LINHA DE ÔNIBUS.</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/665/665_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/665/665_texto_integral.doc</t>
   </si>
   <si>
     <t>PATROLAMENTO E ENCASCALHAMENTO NA RUA HERCULES ALAOR BOM.</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/666/666_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/666/666_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA RUA HOMERO TARRAGO, MELHOR ESCOAMENTO</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/667/667_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/667/667_texto_integral.doc</t>
   </si>
   <si>
     <t>COLETORES DE LIXO FRENTE ESCOLA SALGADO FILHO</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/668/668_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/668/668_texto_integral.doc</t>
   </si>
   <si>
     <t>REPOSIÇÃO DE LÂMPADA NA RUA BENTO GONÇALVES.</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/669/669_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/669/669_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA EXCLUÍDA A PARADA DE ÔNIBUS EM FRENTE A ESCOLINHA DOMINGOS JOSÉ DE ALMEIDA</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/715/715_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/715/715_texto_integral.doc</t>
   </si>
   <si>
     <t>ASSEGURA O AFASTAMENTO DAS ATIVIDADES FUNCIONAIS,MEMBROS DO MAGISTÉRIO PÚBLICO PARA A DIRETORIA DA ENTIDADE DE CLASSE DE REPRESENTAÇÃO PROFISSIONAL</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/717/717_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/717/717_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE A EMPRESA BRK SOLICITE PARA AS EMPRESAS TERCEIRIZADAS A CONTRATAÇÃO DE CAMINHÃO PIPA</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/718/718_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/718/718_texto_integral.doc</t>
   </si>
   <si>
     <t>RETIRADA DE LIXO NA RUA RODRIGUES PORTUGAL COM RUA DOMINGOS DE ALMEIDA.</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/719/719_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/719/719_texto_integral.doc</t>
   </si>
   <si>
     <t>ILUMINAÇÃO PUBLICA</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/720/720_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/720/720_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO DE VISTORIA DOS AGENTES DE ENDEMIAS</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/728/728_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/728/728_texto_integral.doc</t>
   </si>
   <si>
     <t>REITERA SOLICITAÇÃO DE RETIRADA DO ESTACIONAMENTO OBLÍQUO</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/729/729_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/729/729_texto_integral.doc</t>
   </si>
   <si>
     <t>PEDIDO DE SEGURANÇA NA PRAÇA DO BARÃO</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/731/731_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/731/731_texto_integral.doc</t>
   </si>
   <si>
     <t>A IMPLANTAÇÃO DE PLACAS INFORMATIVAS DE ITINERÁRIOS NOS PONTOS DE ÔNIBUS DO TRANSPORTE COLETIVO URBANO NO MUNICÍPIO DE URUGUAIANA.</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/744/744_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/744/744_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE REALIZE ESTUDOS E SEJAM TOMADAS PROVIDÊNCIAS NO SENTIDO DE VIABILIZAR NOVO ACESSO AO PRÉDIO DA PENITENCIÁRIA MODULADA DE URUGUAIANA.</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/752/752_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/752/752_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO DE POSSIBILIDADE DE IMPLEMENTAR NO MUNICÍPIO A ZONA ESPECIAL DE INTERESSE SOCIAL ZEIS.</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/753/753_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/753/753_texto_integral.doc</t>
   </si>
   <si>
     <t>RECOLOCAÇÃO DA CESTA DE BASQUETE NO PARCÃO.</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/757/757_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/757/757_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE SERVIÇOS NA ÁREA DE ILUMINAÇÃO.</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/758/758_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/758/758_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO DE LIMPEZA EM TREVO</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
     <t>Eric Lins, Delgado, Mano Gás, Vilson Jose Brites, Zulma</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/767/767_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/767/767_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A RETIRADA DO LIVRO QUERMUSEU DA BIBLIOTECA MUNICIPAL</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/779/779_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/779/779_texto_integral.doc</t>
   </si>
   <si>
     <t>PEDIDO DE URGÊNCIA NO CONSERTO DA FIAÇÃO DO GINÁSIO DA ESCOLA JOSÉ FRANCISCO</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/783/783_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/783/783_texto_integral.doc</t>
   </si>
   <si>
     <t>RESTABELECIMENTO DE ILUMINAÇÃO PUBLICA NO BAIRRO PROFICAR</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/788/788_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/788/788_texto_integral.doc</t>
   </si>
   <si>
     <t>SUBSTITUIÇÃO DE LÂMPADA NA RUA MARECHAL DEODORO.</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/790/790_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/790/790_texto_integral.doc</t>
   </si>
   <si>
     <t>PEDIDO DE SUBSTITUIÇÃO OU CONSERTO DE LUMINÁRIA NA RUA ADIR MASCIA.</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/795/795_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/795/795_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA DOAÇÃO DE TUBOS DE FERRO PARA A EMEI CASINHA DA EMÍLIA PARA FAZER AS TRAVES DAS GOLEIRAS.</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/797/797_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/797/797_texto_integral.doc</t>
   </si>
   <si>
     <t>MANUTENÇÃO DA REDE ELÉTRICA DO GINÁSIO DA ESCOLA CAIC.</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/798/798_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/798/798_texto_integral.doc</t>
   </si>
   <si>
     <t>CONSERTO DAS TABELAS DE BASQUETE DA QUADRA DO PARCÃO.</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/815/815_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/815/815_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO LIMPEZA BOCA DE LOBO</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/816/816_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/816/816_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE A SETRAN REALIZE FISCALIZAÇÃO EM FRENTE ÀS ESCOLAS.</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/817/817_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/817/817_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO DE CONSERTO DE DUAS BOCAS DE LOBO NA RUA HOMERO TARRAGO</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/818/818_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/818/818_texto_integral.doc</t>
   </si>
   <si>
     <t>REPAROS NA RUA NEMÉSIO FABRÍCIO</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/819/819_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/819/819_texto_integral.doc</t>
   </si>
   <si>
     <t>LIMPEZA DE ESGOTO A CÉU ABERTO NA RUA BENTO MARTINS, FRENTE AO N° 1773</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/821/821_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/821/821_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO AO PODER EXECUTIVO PARA INCLUIR UM REPRESENTANTE DA OAB-URUGUAIANA NO CONSELHO MUNICIPAL DE DESPORTOS-CMD.</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/832/832_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/832/832_texto_integral.doc</t>
   </si>
   <si>
     <t>TROCA DE LUMINÁRIA NA RUA ESTILAC LEAL, FRENTE AO N° 703.</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/833/833_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/833/833_texto_integral.doc</t>
   </si>
   <si>
     <t>FISCALIZAÇÃO EM LOCAIS QUE PRESTAM O SERVIÇO DE ATENDIMENTO MÉDICO NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/834/834_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/834/834_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA ILUMINAÇÃO E LIMPEZA GENERAL HIPÓLITO</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/838/838_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/838/838_texto_integral.doc</t>
   </si>
   <si>
     <t>RESTAURAÇÃO DE VIA NA RUA FELICIANO RIBEIRO</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/839/839_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/839/839_texto_integral.doc</t>
   </si>
   <si>
     <t>RESTABELECIMENTO DA ILUMINAÇÃO PUBLICA NO BAIRRO PROFILURB, RUA TIMBAUVA, PROXIMIDADES DO N° 992</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/841/841_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/841/841_texto_integral.doc</t>
   </si>
   <si>
     <t>REPOSIÇÃO DE LÂMPADA NA SEGUINTES RUAS: TASSO MAJÓ DE OLIVEIRA E CABO LUIS QUEVEDO.</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/842/842_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/842/842_texto_integral.doc</t>
   </si>
   <si>
     <t>FAIXA DE PEDESTRE NA RUA JÚLIO DE CASTILHOS ESQUINA COM EUSTAQUIO ORMAZABAL.</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/845/845_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/845/845_texto_integral.doc</t>
   </si>
   <si>
     <t>RESTABELECIMENTO DE ILUMINAÇÃO PÚBLICA NO BAIRRO NOVA ESPERANÇA.</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/846/846_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/846/846_texto_integral.doc</t>
   </si>
   <si>
     <t>TAPAR UM BURACO EXISTENTE NA RUA HENRIQUE PIEGAS.</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/848/848_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/848/848_texto_integral.doc</t>
   </si>
   <si>
     <t>MANUTENÇÃO DO ESGOTO A CÉU ABERTO NA RUA 14 DE JULHO.</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/849/849_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/849/849_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE TROCA DE LÂMPADAS NA RUA GENERAL CANABARRO</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/850/850_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/850/850_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE PARTE DO PERCENTUAL PROCEDENTE DA AÇÃO DIRETA DE INCONSTITUCIONALIDADE QUE FAZ ADEQUAÇÃO DA LEI ORGÂNICA DE URUGUAIANA PARA A MANUTENÇÃO E DESENVOLVIMENTO DO ENSINO (MDE), SEJA DESTINADA A SECRETARIA DE INFRAESTRUTURA URBANA E RURAL</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/852/852_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/852/852_texto_integral.doc</t>
   </si>
   <si>
     <t>REPOSIÇÃO DE LÂMPADA NA RUA CAIBOATÉ.</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/853/853_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/853/853_texto_integral.doc</t>
   </si>
   <si>
     <t>REPOSIÇÃO DE LUMINÁRIA COMPLETA NAS SEGUINTES RUAS: DR. HOMERO TARRAGO E FRANKLIN FERNANDES.</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/854/854_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/854/854_texto_integral.doc</t>
   </si>
   <si>
     <t>PATROLAMENTO E ENCASCALHAMENTO NAS RUAS SEGUERINO SASSO E MALVINA AMELIA.</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/856/856_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/856/856_texto_integral.doc</t>
   </si>
   <si>
     <t>REVITALIZAÇÃO DA RUA DE ACESSO À EMEI VOVO CHICA</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/860/860_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/860/860_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO DE REVISÃO E ALTERAÇÃO DO DECRETO MUNICIPAL 005/2011 QUE REGULAMENTA HORÁRIO E CONDIÇÕES DE FUNCIONAMENTO DOS BARES, ESTABELECIMENTOS, EMPÓRIOS E SIMILARES, DENOMINADOS 24 HORAS, NA FORMA QUE MENCIONA.</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>INDICAÇÃO DE COLOCAÇÃO DE ABRIGO NAS PARADAS DE ÔNIBUS DOS BRETES DO AFERIDOR E VILA DAS CHÁCARAS</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/873/873_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/873/873_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA LUMINÁRIA COMPLETA NA RUA ESTILAC LEAL, FRENTE AO N° 703.</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/888/888_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/888/888_texto_integral.doc</t>
   </si>
   <si>
     <t>ESTUDO VISANDO POSSIBILIDADE DE INSTALAÇÃO DE SEMÁFORO OU REDUTOR DE VELOCIDADE E MELHORA DE SINALIZAÇÃO NA ESQUINA DA AV. PRESIDENTE VARGAS COM A RUA TREZE DE MAIO.</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/895/895_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/895/895_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE BUEIROS PARA PROJETO BELA VISTA.</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/897/897_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/897/897_texto_integral.doc</t>
   </si>
   <si>
     <t>REPOSIÇÃO DE LÂMPADA NA RUA GONÇALVES VIANA.</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/901/901_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/901/901_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO DE SUBSTITUIÇÃO DE LUMINÁRIAS NOS ENDEREÇOS QUE MENCIONA</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/902/902_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/902/902_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO DE MANUTENÇÃO E CONSERTO DAS LAJOTAS DA PRAÇA BARÃO DO RIO BRANCO.</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/904/904_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/904/904_texto_integral.doc</t>
   </si>
   <si>
     <t>SUGERE A CRIAÇÃO DO PROGRAMA MEU BAIRRO BEM CUIDADO, QUE SERIA UMA GRANDE AÇÃO ENVOLVENDO AS ASSOCIAÇÕES DE BAIRRO, MORADORES E O EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/915/915_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/915/915_texto_integral.doc</t>
   </si>
   <si>
     <t>REPOSIÇÃO DE LÂMPADA NA RUA GENERAL PROPICIO.</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/923/923_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/923/923_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE O MUNICÍPIO FIRME CONTRATO DE PARCERIA COM EMPRESAS LOCAIS PARA O RECOLHIMENTO DO LIXO ELETRÔNICO</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/934/934_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/934/934_texto_integral.doc</t>
   </si>
   <si>
     <t>MUTIRÃO PARA REGULARIZAÇÃO DOS TERMOS DE POSSE</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/936/936_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/936/936_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA LUMINÁRIA COMPLETA NOS TRILHOS, ENTRE AS RUAS JOAQUIM MURTINHO E FELICIANO RIBEIRO.</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/939/939_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/939/939_texto_integral.odt</t>
   </si>
   <si>
     <t>PEDIDO DE TROCA DE LAMPADA NA RUA PRADO LIMA</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/940/940_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/940/940_texto_integral.doc</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DO CHIMARRÓDROMO NA PRAÇA DO BARÃO DO RIO BRANCO COM COOPERAÇÃO DE EMPRESAS PRIVADAS</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/944/944_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/944/944_texto_integral.doc</t>
   </si>
   <si>
     <t>REPOSIÇÃO DE LÂMPADA NAS RUAS GONÇALVES VIANA E MARECHAL DEODORO.</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/945/945_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/945/945_texto_integral.doc</t>
   </si>
   <si>
     <t>LIMPEZA DE UM MATAGAL LOCALIZADO NA ANTIGA SANTA CASA.</t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/956/956_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/956/956_texto_integral.doc</t>
   </si>
   <si>
     <t>TROCA DE LUMINÁRIA NA RUA GENERAL HIPÓLITO ESQUINA COM RUA BENTO GONÇALVES</t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/959/959_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/959/959_texto_integral.doc</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE FAIXA DE PEDESTRES EM FRENTE AO SUPERMERCADO PAG POKO E EM FRENTE A ESCOLA DOM BOSCO.</t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
     <t>Irani Fernandes</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/967/967_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/967/967_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE PATROLAMENTO E TROCA DE LUMINÁRIAS</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/970/970_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/970/970_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO LUMINÁRIA UNIÃO VILAS</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/973/973_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/973/973_texto_integral.doc</t>
   </si>
   <si>
     <t>Solicita providências  referente à estrada UR-302, que dá acesso ao interior do município, próximo a Charqueadas e o Espaço Alternativo, na Localidade do Imbaá de “cima” que necessita de reparos.</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/976/976_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/976/976_texto_integral.odt</t>
   </si>
   <si>
     <t>Colocação de uma faixa de pedestre na saída do Colégio Santana.</t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/980/980_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/980/980_texto_integral.odt</t>
   </si>
   <si>
     <t>Solicitação à BRK Ambiental. Conserto de rede de esgoto.</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/997/997_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/997/997_texto_integral.doc</t>
   </si>
   <si>
     <t>Reposição de lâmpada no Bairro Anita Garibaldi.</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1004/1004_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1004/1004_texto_integral.doc</t>
   </si>
   <si>
     <t>Colocação de uma porta com abertura dupla na UPA.</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1005/1005_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1005/1005_texto_integral.doc</t>
   </si>
   <si>
     <t>Limpeza de calçada, meio fio e encascalhamento na Rua Sete de Setembro.</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1007/1007_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1007/1007_texto_integral.doc</t>
   </si>
   <si>
     <t>Reclamação sobre ônibus da Linha T01.</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1008/1008_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1008/1008_texto_integral.doc</t>
   </si>
   <si>
     <t>Solicitação de retirada de aterro no Loteamento João Paulo II.</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1034/1034_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1034/1034_texto_integral.doc</t>
   </si>
   <si>
     <t>Solicitação de tombamento do prédio atrás da Viação Férrea.</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/20/20_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/20/20_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E LOUVOR À WILLIAN PATRIK GAMA OLIVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/25/25_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/25/25_texto_integral.doc</t>
   </si>
   <si>
     <t>ENCAMINHO MOÇÃO DE CONGRATULAÇÕES AOS PROFESSORES DA UNIPAMPA</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/28/28_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/28/28_texto_integral.doc</t>
   </si>
   <si>
     <t>ENCAMINHA CONGRATULAÇÕES AO SR. ANDRÉ LUIS DA SILVA BRUM</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/29/29_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/29/29_texto_integral.doc</t>
   </si>
   <si>
     <t>ENCAMINHAMENTO DE CONGRATULACOES AO SR.MARIO HAMILTON VILELA FILHO</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/30/30_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/30/30_texto_integral.doc</t>
   </si>
   <si>
     <t>ENCAMINHA CONGRATULAÇÕES AO BARCELONA FUTEBOL CLUBE</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/36/36_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/36/36_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR - FALECIMENTO DE GENÉSIO CEOLIN</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/48/48_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/48/48_texto_integral.odt</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR - SR. MIGUEL SIQUEIRA</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/67/67_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/67/67_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR - MIGUEL SIQUEIRA</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/81/81_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/81/81_texto_integral.odt</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AO ODONTÓLOGO, DR CLEBER BIDEGAIN PEREIRA</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/82/82_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/82/82_texto_integral.odt</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AO SR RUBENS AYMONE DE ALMEIDA.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/88/88_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/88/88_texto_integral.odt</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS FAMILIARES DE SR PEDRO MARCELINO RODRIGUES BENITES</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/94/94_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/94/94_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUER ENVIO DE MOÇÃO DE APOIO AO OFÍCIO 040/2017 DO PODER EXECUTIVO.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/103/103_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/103/103_texto_integral.odt</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES AO CAPÍTULO URUGUAIANA Nº 95 DA ORDEM DEMOLAY</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/110/110_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/110/110_texto_integral.odt</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES AO PROGRAMA A "VOZ DO PAMPA"</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/111/111_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/111/111_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES AOS 50 ANOS DA IGREJA DO EVANGELHO QUADRANGULAR EM URUGUAIANA</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/121/121_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/121/121_texto_integral.odt</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES A EGRÉGIA CASA DE JUSTIÇA, O FORO DA COMARCA DE URUGUAIANA</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/141/141_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/141/141_texto_integral.odt</t>
   </si>
   <si>
     <t>MOÇÃO SR.PAULO ROBERTO TEIXEIRA</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/144/144_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/144/144_texto_integral.odt</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES  À DELEGACIA DA POLÍCIA FEDERAL DE URUGUAIANA</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/146/146_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/146/146_texto_integral.odt</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES À ESCOLA MUNICIPAL DE  ENSINO FUNDAMENTAL DOM BOSCO</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/157/157_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/157/157_texto_integral.odt</t>
   </si>
   <si>
     <t>MOÇÃO PASTORA NECA</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/158/158_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/158/158_texto_integral.odt</t>
   </si>
   <si>
     <t>MOÇÃO PAULA SENAC</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/159/159_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/159/159_texto_integral.odt</t>
   </si>
   <si>
     <t>MOÇÃO CLAUDIO MONTANO</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/163/163_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/163/163_texto_integral.odt</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES À ESCOLA MUNICIPAL DE  ENSINO FUNDAMENTAL , ERNESTO DORNELLES,</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/167/167_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/167/167_texto_integral.odt</t>
   </si>
   <si>
     <t>012 - MOÇÃO DE CONGRATULAÇÕES A  ESCOLA HERMETO BERMUDEZ</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/169/169_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/169/169_texto_integral.odt</t>
   </si>
   <si>
     <t>013 - MOÇÃO DE CONGRATULAÇÕES  PELO TRANSCURSO DO DIA DO AUTISTA</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/174/174_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/174/174_texto_integral.odt</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES AS RADIOS E TVS AO DIA DO JORNALISTA</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/175/175_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/175/175_texto_integral.odt</t>
   </si>
   <si>
     <t xml:space="preserve"> MOÇÃO DE CONGRATULAÇÕES  AO INSTITUTO DO CÂNCER (IRON)</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/176/176_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/176/176_texto_integral.odt</t>
   </si>
   <si>
     <t xml:space="preserve"> MOÇÃO DE CONGRATULAÇÕES  A ESCOLA DE ENSINO MÉDIO URUGUAIANA</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/178/178_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/178/178_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR - CLAUDIA TRINDADE</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/194/194_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/194/194_texto_integral.odt</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES AS ESCOLAS DE SAMBA DE URUGUAIANA</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/195/195_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/195/195_texto_integral.odt</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES À ESCOLA REPÚBLICA DO URUGUAI DE URUGUAIANA</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/210/210_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/210/210_texto_integral.odt</t>
   </si>
   <si>
     <t>MOÇÃO DE REPUDIO AO ATO DO DO GOVERNADOR IVO SARTORI</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/215/215_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/215/215_texto_integral.odt</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES À ESCOLA DON LUIZ FELIPE DE NADAL</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/216/216_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/216/216_texto_integral.odt</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES - DIA DO POLICIAL MILITAR</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/217/217_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/217/217_texto_integral.odt</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES - DIA DO POLICIAL CIVIL</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/233/233_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/233/233_texto_integral.odt</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES LIONS CLUBE URUGUAIANA</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/247/247_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/247/247_texto_integral.odt</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES AO INSTITUTO WUJI</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/271/271_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/271/271_texto_integral.odt</t>
   </si>
   <si>
     <t xml:space="preserve"> MOÇÃO DE CONGRATULAÇÕES PELA PASSAGEM DO DIA DA EDUCAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/279/279_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/279/279_texto_integral.odt</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES AO INSTITUTO PAULO FREIRE</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/284/284_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/284/284_texto_integral.odt</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES À RÁDIO SÃO MIGUEL</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/294/294_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/294/294_texto_integral.odt</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES À ESCOLA NOSSA SENHORA DO HORTO</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/295/295_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/295/295_texto_integral.odt</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES PELA PASSAGEM DO DIA DO OFTALMOLOGISTA</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/299/299_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/299/299_texto_integral.odt</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E.M.E.I CINDERELA</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/309/309_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/309/309_texto_integral.odt</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES AO 8 REGIMENTO DE CAVALARIA MECANIZADO</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/310/310_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/310/310_texto_integral.odt</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES AOS ENFERMEIROS DE URUGUAIANA PELO DIA INTERNACIONAL DA ENFERMAGEM.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/325/325_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/325/325_texto_integral.odt</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES À ESCOLA CIRILO ZADRA</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/326/326_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/326/326_texto_integral.odt</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES À ESCOLA ELISA VALLS</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/327/327_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/327/327_texto_integral.odt</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES À ESCOLA DOM HERMETO</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/331/331_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/331/331_texto_integral.odt</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES A EMEI VOVÓ CHICA</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/332/332_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/332/332_texto_integral.odt</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES AO DIA DO DEFENSOR PÚBLICO</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/336/336_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/336/336_texto_integral.odt</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES IGREJA VIVA DO BRASIL</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>Mesa Diretora, Delgado, Elton da Rocha, Suzana Alves, Vilson Jose Brites</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/337/337_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/337/337_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE REPÚDIO AO GOVERNO FEDERAL PELO FECHAMENTO DAS UNIDADES PRÓPRIAS DO PROGRAMA FARMÁCIA POPULAR</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/339/339_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/339/339_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO AO CORINTHIANS FC, VICE-CAMPEÃO DO CAMPEONATO DOS SESSENTA ANOS.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/340/340_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/340/340_texto_integral.doc</t>
   </si>
   <si>
     <t>MOCÃO AO SR. EVALDO DA SILVA MARIN</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/341/341_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/341/341_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO AO SR. EMÍLIO DOS SANTOS</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/343/343_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/343/343_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO AO ESPORTE CLUBE BENFICA, CAMPEÃO DO CAMPEONATO DOS SESSENTA ANOS.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/344/344_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/344/344_texto_integral.odt</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES À E.E.E.M. MARECHAL CÂNDIDO RONDON, PELA PASSAGEM DE SEU ANIVERSÁRIO.</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/345/345_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/345/345_texto_integral.odt</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES À ESCOLA TIA MERCEDES, PELA PASSAGEM DE SEU ANIVERSÁRIO.</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/350/350_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/350/350_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES AO PARTIDO PROGRESSISTA (PP) POR ELEIÇÃO DO NOVO DIRETÓRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/351/351_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/351/351_texto_integral.odt</t>
   </si>
   <si>
     <t>MOCÃO AO ROTARY CLUBE DE URUGUAINA CRUZEIRO DO SUL</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/353/353_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/353/353_texto_integral.odt</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES À ESCOLA MOACYR RAMOS MARTINS</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/354/354_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/354/354_texto_integral.odt</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES À E.M.E.I CASINHA DA EMÍLIA</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/355/355_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/355/355_texto_integral.odt</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES ÀS RÁDIOS, JORNAIS E TVS PELA PASSAGEM DO DIA DA IMPRENSA.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/365/365_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/365/365_texto_integral.odt</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES AO DIA DO MEIO AMBIENTE.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/366/366_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/366/366_texto_integral.odt</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES AOS 120 ANOS DE FUNDAÇÃO DA SANTA CASA DE CARIDADE DE URUGUAIANA.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/371/371_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/371/371_texto_integral.odt</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES PELO DIA DA ARTILHARIA.</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>Mesa Diretora, Delgado, Elton da Rocha, Eric Lins, Mano Gás, Suzana Alves, Vilson Jose Brites</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/381/381_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/381/381_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO AO HOSPITAL SANTA CASA DE CARIDADE DE URUGUAIANA</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/387/387_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/387/387_texto_integral.odt</t>
   </si>
   <si>
     <t xml:space="preserve"> MOÇÃO DE CONGRATULAÇÕES DIA DA MARINHA BRASILEIRA</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/395/395_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/395/395_texto_integral.odt</t>
   </si>
   <si>
     <t xml:space="preserve"> MOÇÃO DE CONGRATULAÇÕES DIA DO VIGILANTE</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/410/410_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/410/410_texto_integral.odt</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES A E.E.E.F DR. MAIA, SITO A RUA JOSÉ DO PATROCÍNIO,VILA SÃO MARCOS PELA PASSAGEM DO SEU ANIVERSÁRIO DIA 23/06/2017.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/415/415_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/415/415_texto_integral.odt</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES À ASSOCIAÇÃO DE PESCADORES DE URUGUAIANA.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/418/418_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/418/418_texto_integral.odt</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES A ASSOCIAÇÃO DOS PESCADORES</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/424/424_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/424/424_texto_integral.odt</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES A ESCOLA MUNICIPAL OSVALDO CRUZ</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/437/437_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/437/437_texto_integral.odt</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES AO CORPO DE BOMBEIROS MILITAR DO ESTADO DO RIO GRANDE DO SUL, EM ESPECIAL A CORPORAÇÃO DE BOMBEIROS DE URUGUAIANA.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/443/443_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/443/443_texto_integral.odt</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES A ESCOLA ROMAGUERA CORREA</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/445/445_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/445/445_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO - CREPDEC 6 &amp;#8211; URUGUAIANA - DEFESA CIVIL.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/448/448_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/448/448_texto_integral.odt</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES AO DIA INTERNACIONAL DO COPERATIVISMO</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/450/450_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/450/450_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO PARA CARDIOLOGIA DA SANTA CASA DE CARIDADE</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/455/455_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/455/455_texto_integral.odt</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES PELA CRIAÇÃO DO ESTATUTO DA CRIANÇA E DO ADOLESCENTE</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/456/456_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/456/456_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO AO VOLUNTARIADO DA EQUIPE DESPERTANDO RISOS</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/457/457_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/457/457_texto_integral.odt</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS AOS SENHORES FLÁVIO SALDANHA, CLÉBER SOARES, EDSON GONÇALVES, ROBERTO CARVALHO</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/462/462_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/462/462_texto_integral.odt</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES AO PIQUETE LANCEIROS DA TRADIÇÃO.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/472/472_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/472/472_texto_integral.odt</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES PELO DIA DO COMERCIANTE</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/487/487_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/487/487_texto_integral.odt</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES PELO DIA DO GUARDA RODOVIÁRIO</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/498/498_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/498/498_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO - PELA MANUTENÇÃO DOS CARGOS DE OFICIAL ESCREVENTE E OFICIAL ARQUIVISTA</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/503/503_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/503/503_texto_integral.odt</t>
   </si>
   <si>
     <t xml:space="preserve"> CONGRATULAÇÕES A ESCOLA JÚLIO DE CASTILHOS</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/531/531_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/531/531_texto_integral.odt</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES AOS 74 ANOS VILA SÃO MARCOS</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/533/533_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/533/533_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES AO CONSELHO DE MINISTROS DE URUGUAIANA - CMEU, PELA ORGANIZAÇÃO DA MARCHA PARA JESUS.</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/535/535_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/535/535_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E LOUVOR AOS ORGANIZADORES DA FESTA DOS CAMINHONEIROS.</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/549/549_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/549/549_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES - DIA DO ADVOGADO</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/566/566_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/566/566_texto_integral.odt</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES PELO DIA SOLDADO</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/568/568_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/568/568_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES AO SR. CARLOS ALEXANDRE FERNANDES.</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/595/595_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/595/595_texto_integral.odt</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES A UNIVERSIDADE PITÁGORAS UNOPAR.</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/602/602_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/602/602_texto_integral.odt</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES DO DIA DO PROFISSIONAL DE EDUCAÇÃO FÍSICA</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/620/620_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/620/620_texto_integral.odt</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES À ESCOLA GENERAL OSÓRIO</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/630/630_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/630/630_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES A ESCOLA PASO DE LOS LIBRES.</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/635/635_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/635/635_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE REPÚDIO A SANTA CASA DE CARIDADE DE URUGUAIANA EM RAZÃO DA RETIRADA DO SERVIÇO DE QUIMIOTERAPIA. </t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/652/652_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/652/652_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES À ESCOLA GETÚLIO VARGAS.</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/656/656_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/656/656_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES AO JOGADOR DE BASQUETE DA LUBA, LUIZ ERNESTO DOVAL DE MENEZES.</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/679/679_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/679/679_texto_integral.odt</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES AOS CTGS E CTU PELO DIA DO GAÚCHO.</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/690/690_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/690/690_texto_integral.odt</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES A ESCOLA ANTONIO MARY ULRICH</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/754/754_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/754/754_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES PELA PASSAGEM DO DIA DO PROFESSOR.</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/759/759_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/759/759_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E LOUVOR AO COLÉGIO MARISTA SANT'ANA.</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/760/760_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/760/760_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE REPÚDIO EM RAZÃO DO ANUNCIO DO CORTE DE 97% NO SISTEMA ÚNICO DE ASSISTÊNCIA SOCIAL (SUAS). </t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/762/762_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/762/762_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO À 10ª CRE E À E.E.E.M. PROFª. LILIA GUIMARÃES PELA INICIATIVA EM BUSCAR A OFERTA E ESTRUTURAÇÃO DO CURSO TÉCNICO EM VENDAS.</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/768/768_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/768/768_texto_integral.doc</t>
   </si>
   <si>
     <t>ENVIO DE MOÇÃO DE REPÚDIO AO SANTANDER CULTURAL</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/774/774_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/774/774_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve"> MOÇÃO DE CONGRATULAÇÕES AOS MÉDICOS QUE ATUAM EM NOSSA CIDADE</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/782/782_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/782/782_texto_integral.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES E LOUVOR PELO DIA DO PROFESSOR</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/802/802_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/802/802_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E LOUVOR À PEDRO FIORAVANTE PELO TRABALHO DE COMBATE AO BULLYING NAS ESCOLAS.</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/806/806_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/806/806_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO AO POLICIAL MILITAR, 3º SARGENTO, ALEXANDRE CURTO DOS SANTOS, DA BRIGADA MILITAR.</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/811/811_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/811/811_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO A SRª CARMEN REGINA RIBEIRO BASTIANI, PROFESSORA DE EDUCAÇÃO FÍSICA.</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES À ESCOLA TIA NINA</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/840/840_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/840/840_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E LOUVOR À PRESIDÊNCIA, À COMISSÃO TÉCNICA E AOS JOGADORES DA ASSOCIAÇÃO ESPORTIVA URUGUAIANENSE.</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/844/844_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/844/844_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES AO SR. MAURO BRUM PELA CONQUISTA DA COORDENADORIA DA EXECUTIVA MUNICIPAL DO PMDB NA FRONTEIRA OESTE</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/851/851_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/851/851_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES AOS 80 ANOS DO CIRCULO OPERÁRIO.</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/857/857_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/857/857_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES AO SUPERMERCADO RISPOLI.</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/858/858_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/858/858_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PROF. ADIR NEVES</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/889/889_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/889/889_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES AO MOVIMENTO NEGRO DE URUGUAIANA PELO DIA NACIONAL DA CONSCIÊNCIA NEGRA E DE ZUMBI DOS PALMARES</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/896/896_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/896/896_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES A JOALHERIA E ÓPTICA ROMA.</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/898/898_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/898/898_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES A ESCOLA ESTADUAL DE ENSINO FUNDAMENTAL DOM HERMETO QUE CONSAGROU-SE CAMPEÃ ESTADUAL DE FUTSAL INFANTIL DO JERGS.</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/899/899_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/899/899_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES AO TIME DE BASQUETE INFANTIL DA ESCOLA DOM HERMETO QUE VAI DISPUTAR A SELETIVA PARA REPRESENTAR O ESTADO NOS JOGOS ESCOLARES DA JUVENTUDE, EM COMPETIÇÃO NACIONAL.</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/917/917_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/917/917_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES À ESCOLA DE BALLET A CASA DA DANÇA.</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/918/918_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/918/918_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES À ESCOLA LILIA GUIMARÃES</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/938/938_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/938/938_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES À ASCAMU, PELO ANIVERSÁRIO DE 30 ANOS.</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/942/942_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/942/942_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES À ASSOCIAÇÃO DOS DEFICIENTES FÍSICOS DE URUGUAIANA</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/949/949_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/949/949_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULAÇÕES AO ALUNO THIAGO RENÊ.</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/950/950_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/950/950_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES À SENADORA ANA AMÉLIA LEMOS</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
     <t>Suzana Alves, Mano Gás</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/951/951_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/951/951_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO À CAMPANHA DEFENDA A CAIXA VOCÊ TAMBÉM.</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/952/952_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/952/952_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE REPÚDIO AO GOVERNO FEDERAL E A BANCADA GAÚCHA FEDERAL EM RAZÃO DA PROPOSTA DE REFORMA PREVIDENCIÁRIA.</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/958/958_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/958/958_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES AO SR. ANTÔNIO EDUARDO BORIN DA SILVA</t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/961/961_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/961/961_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE CONGRATULAÇÕES AO DEPUTADO FEDERAL CARLOS GOMES. </t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/965/965_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/965/965_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES REFERENTE DIA DO MARINHEIRO.</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/966/966_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/966/966_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES AOS VENCEDORES DA FASE LOCAL DO 7º MOINHO DA CANÇÃO GAÚCHA DE PANAMBI.</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/977/977_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/977/977_texto_integral.odt</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES A ESCOLA ANTONIO MOACIR PEREIRA JACQUES</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1003/1003_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1003/1003_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES VER. LUCIANO BELMONTE, DE ALEGRETE/RS</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1006/1006_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1006/1006_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES À CELEMASTER URUGUAIANENSE PELA CONQUISTA DO CAMPEONATO GAÚCHO FEMININO DE 2017.</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1028/1028_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1028/1028_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES AO SEST/SENAT - UNIDADE URUGUAIANA, QUE COMPLETA 20 ANOS DE ATUAÇÃO NA CIDADE.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>OFI</t>
   </si>
   <si>
     <t>Ofício</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/408/408_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/408/408_texto_integral.pdf</t>
   </si>
   <si>
     <t>OFÍCIO/SEGOV Nº 136/2017 - ENCAMINHA INFORMAÇÕES SOBRE O RELATÓRIO DO SUS.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/165/165_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/165/165_texto_integral.pdf</t>
   </si>
   <si>
     <t>CORREIOS ENCAMINHA INFORMAÇÃO REFERENTE A CRIAÇÃO DE AGÊNCIA DE CORREIOS COMUNITÁRIA.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/352/352_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/352/352_texto_integral.pdf</t>
   </si>
   <si>
     <t>RELATÓRIO DE AVALIAÇÃO DE METAS FISCAIS, RELATIVO AO 1º QUADRIMESTRE DE 2017.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/452/452_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/452/452_texto_integral.pdf</t>
   </si>
   <si>
     <t>JOSÉ MARIA MOREIRA E MARIA CELINA COELHO MOREIRA ENCAMINHAM MANIFESTAÇÃO E SUGESTÃO REFERENTE AO TRÂNSITO EM URUGUAIANA.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/476/476_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/476/476_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROT.669/2017. SINDICATO DOS TRABALHADORES RURAIS DE URUGUAIANA E COOPERATIVA DOS PRODUTORES DE LEITE DA FRONTEIRA OESTE, REIVINDICA A REJEIÇÃO DO PROJETO DE LEI Nº 067/2017 DE AUTORIA DO PODER EXECUTIVO.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/493/493_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/493/493_texto_integral.pdf</t>
   </si>
   <si>
     <t>OFÍCIO 024/2017 - VIVIANE LISBOA, PRESIDENTE DO CACS FUNDEB-URUGUAIANA, ENCAMINHA RELATÓRIO E PARECER DO CONSELHO.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/494/494_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/494/494_texto_integral.pdf</t>
   </si>
   <si>
     <t>OFÍCIO Nº 268/2017-SE - AGERGS COMUNICA QUE FOI APROVADA A RESOLUÇÃO HOMOLOGATÓRIA Nº 167/2017 REFERENTE AO PROCESSO Nº 000810-39.00/15-8, QUE TRATA DA REVISÃO DO REGULAMENTO QUE DISCIPLINA O SERVIÇO DE ABASTECIMENTO DE ÁGUA E ESGOTAMENTO SANITÁRIO NO MUNICÍPIO DE URUGUAIANA.</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/544/544_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/544/544_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROT. 739/2017 - RGE SUL, OFÍCIO CXS/DRSP-055/2017, ENCAMINHA CÓPIA DA CORRESPONDÊNCIA ENVIADA À PREFEITURA MUNICIPAL INFORMANDO OS GASTOS PÚBLICOS COM O CONSUMO DE ENERGIA ELÉTRICA PARA QUE SEJAM OBSERVADOS NA FORMULAÇÃO DO ORÇAMENTO DE 2018.</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/545/545_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/545/545_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROT. 740/2017 - FUNERÁRIA GARCIA &amp; LOPES LTDA (ÂNGELUS), CONSIDERANDO O PRONUNCIAMENTO DO VER. ELTON DA ROCHA EM IMPRENSA LOCAL, ENCAMINHA INFORMAÇÕES REFERENTE AO RECOLHIMENTO DE PESSOAS FALECIDAS FORA DO HOSPITAL - SERVIÇO DE VERIFICAÇÃO DE ÓBITOS.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/554/554_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/554/554_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROT. 749/2017 - EXECUTIVO MUNICIPAL ENCAMINHA DEMONSTRATIVO RESUMIDO DA EXECUÇÃO ORÇAMENTÁRIA - RREO, 3º BIMESTRE/2017.</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/616/616_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/616/616_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROT. 819/2017 - SECRETÁRIO MUNICIPAL DE EDUCAÇÃO ENCAMINHA DOCUMENTO EM DEFESA DO FUNDEB, ELABORADO NA REUNIÃO DOS SECRETÁRIOS MUNICIPAIS DE EDUCAÇÃO DA AMFRO, OCORRIDA EM 3 DE AGOSTO, EM SÃO GABRIEL/RS.</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/619/619_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/619/619_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROT. 824/2017 - DEFENSORIA PÚBLICA DA UNIÃO - ENCAMINHA NOTA TÉCNICA REFERENTE AO PROCESSO DE ASSISTÊNCIA JURÍDICA COLETIVO (PAJC) 2017/074-00283, COM O FIM UNICAMENTE DE SUBSIDIAR OS DEBATES LEGISLATIVOS A RESPEITO DO PROJETO DE LEI 01/2017 - ESCOLA SEM PARTIDO.</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/621/621_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/621/621_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROT. 831/2017 - AGERGS INFORMA QUE O PROCESSO Nº 000773-39.00/16-7 (PEDIDO DE RECONSIDERAÇÃO DA EMPRESA BRK AMBIENTAL) SERÁ ANALISADO NA SESSÃO ORDINÁRIA DO DIA 05.09.2017, ÀS 14H.</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/675/675_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/675/675_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROT. 887/2017 - MINISTÉRIO PÚBLICO FEDERAL INFORMA QUE TRAMITA A NOTÍCIA DE FATO Nº 1.29.011.000261/2017-83, CUJO OBJETO CONSISTE EM APURAR POSSÍVEL ASSENTAMENTO IRREGULAR, SEM AUTORIZAÇÃO LEGISLATIVA, DE EMPRESA EM TERRENO PERTENCENTE AO MUNICÍPIO DE URUGUAIANA/RS, COM CIÊNCIA DO PREFEITO MUNICIPAL.</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/677/677_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/677/677_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROT. 890/2017 - CÂMARA MUNICIPAL DE BUTIÁ ENCAMINHA MOÇÃO DE REPÚDIO À RETIRADA DO SUAS DO ORÇAMENTO DE 2018.</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/721/721_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/721/721_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROT. 936/2017 - ENCAMINHA RELATÓRIO DE AVALIAÇÃO DAS METAS FISCAIS DO 2º QUADRIMESTRE DE 2017.</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/725/725_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/725/725_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROT. 934/2017 - E.M.E.F. DR. CRESPO DE OLIVEIRA INFORMA QUE O 4º ENCONTRO DE BANDAS FOI TRANSFERIDO PARA O DIA 07.10.2017.</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
     <t>Tribunal de Contas do Estado do Rio Grande do Sul</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/730/730_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/730/730_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA O PROCESSO DE CONTAS DO EXECUTIVO REFERENTE AO EXERCÍCIO DE 2010.</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/751/751_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/751/751_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROT. 966/2017 - ENCAMINHA O DEMONSTRATIVO RESUMIDO DA EXECUÇÃO ORÇAMENTÁRIA - RREO, 4º BIMESTRE/2017 E O DEMONSTRATIVO SIMPLIFICADO DO RELATÓRIO DE GESTÃO FISCAL - 2º QUADRIMESTRE/2017, SEGUNDO MODELOS ELABORADOS PELO STN.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/763/763_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/763/763_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROT. 978/2017 - E.M.E.F. DR. CRESPO DE OLIVEIRA INFORMA QUE O 4º ENCONTRO DE BANDAS, PROGRAMADO PARA O DIA 07.10.2017, FOI CANCELADO.</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/793/793_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/793/793_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROT. 1011/2017 - SECRETARIA MUNICIPAL DE EDUCAÇÃO ENCAMINHA CADERNO DE ORIENTAÇÕES GERAIS PARA REALIZAÇÃO DE REMATRÍCULAS, INSCRIÇÕES, MATRÍCULAS E CALENDÁRIO ESCOLAR DA EDUCAÇÃO INFANTIL E ENSINO FUNDAMENTAL.</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/837/837_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/837/837_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROT. 1058/2017 - MINISTÉRIO DO DESENVOLVIMENTO SOCIAL RESPONDE OFÍCIO 599/2017 - MOÇÃO DE REPÚDIO EM RAZÃO DO CORTE DE 97% NO SUAS.</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/876/876_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/876/876_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROT. 1100/2017 - SEPLAN, EM RESPOSTA AO OFÍCIO 398/2017 ORIUNDO DA COMISSÃO DE FINANÇAS, ENCAMINHA REESTIMATIVA DAS METAS FISCAIS ESTABELECIDAS NA LEI DE DIRETRIZES ORÇAMENTÁRIAS - LDO 2017.</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/909/909_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/909/909_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROT. 1137/2017 - CAIXA ECONÔMICA FEDERAL INFORMA CELEBRAÇÃO DO CONTRATO DE REPASSE Nº 847267/2017 - AQUISIÇÃO DE PATRULHA AGRÍCOLA MECANIZADA. VALOR DO REPASSE: R$ 243.750,00.</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/930/930_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/930/930_texto_integral.pdf</t>
   </si>
   <si>
     <t>LAR DA VELHICE DE SÃO VICENTE DE PAULO ENCAMINHA INFORMAÇÕES SOBRE SUAS ATIVIDADES DESENVOLVIDAS.</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/946/946_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/946/946_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROT. 1172/2017 - VER. JOSÉ CLEMENTE INFORMA QUE RECEBEU CONVITE DA OAB SUBSEÇÃO URUGUAIANA PARA TRATAR ASSUNTOS RELACIONADOS À SEGURANÇA PÚBLICA. DIA 28.11, ÀS 10H.</t>
   </si>
   <si>
     <t>993</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/993/993_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/993/993_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROT. 1209/2017 - ENCAMINHA O DEMONSTRATIVO RESUMIDO DA EXECUÇÃO ORÇAMENTÁRIA - RREO, 5º BIMESTRE/2017, SEGUNDO MODELOS ELABORADOS PELO STN.</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/998/998_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/998/998_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROT. 1232/2017 - BRIGADA MILITAR - 1º BPAF RESPONDE OFÍCIO 708/2017 - REQUERIMENTO 79/2017. ENCAMINHA INFORMAÇÕES SOBRE POLICIAMENTO OSTENSIVO E OPERAÇÃO AVANTE.</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1001/1001_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1001/1001_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROT. 1238/2017 - CAIXA ECONÔMICA FEDERAL INFORMA DA CELEBRAÇÃO DO CONTRATO DE REPASSE Nº 847267/2017 - AQUISIÇÃO DE PATRULHA AGRÍCOLA MECANIZADA.</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1011/1011_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1011/1011_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROT. 1581/2017/ADM - OS VEREADORES ABAIXO ASSINADOS, REQUEREM A INSCRIÇÃO DE CHAPA PARA A ELEIÇÃO DA MESA DIRETORA, EXERCÍCIO 2018. PRESIDENTE: IRANI FERNANDES (PROGRESSISTA); VICE-PRESIDENTE: FERNANDO TARRAGÓ (PSD); 1ª SECRETÁRIA: JOSEFINA SOARES (PROGRESSISTA); 2ª SECRETÁRIA: VERª. ZULMA ANCINELLO (PRB); 3º SECRETÁRIO: RAFAEL ALVES (PMDB). ASSINAM, AINDA, OS VEREADORES CARLOS DELGADO E JOSÉ CLEMENTE.</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1012/1012_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1012/1012_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROT. 1246/2017 - PODER JUDICIÁRIO - MANDADO DE INTIMAÇÃO - URGENTE - SUSPENSÃO DA EFETIVA VOTAÇÃO DO PROJETO DE LEI COMPLEMENTAR Nº 11/2017, MARCADA PARA A SESSÃO DE 14.12.2017</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1014/1014_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1014/1014_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROT. 1247/2017 - PODER JUDICIÁRIO - MANDADO DE INTIMAÇÃO - URGENTE - REVOGA AS MEDIDAS LIMINARES QUE DETERMINARAM A SUSPENSÃO DAS VOTAÇÕES DOS PROJETOS DE LEI COMPLEMENTAR 11/2017 E 12/2017. (PROCESSO: 037/1.17.0005437-1)</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1015/1015_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1015/1015_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROT. 1247/2017 - PODER JUDICIÁRIO - MANDADO DE INTIMAÇÃO - URGENTE - REVOGA AS MEDIDAS LIMINARES QUE DETERMINARAM A SUSPENSÃO DAS VOTAÇÕES DOS PROJETOS DE LEI COMPLEMENTAR 11/2017 E 12/2017. (PROCESSO: 037/1.17.0005439-8)</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1029/1029_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1029/1029_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROT. 1252/2017 - COMANDANTE DO 1º BPAF ENCAMINHA INFORMAÇÕES EM RESPOSTA AO OFÍCIO 708/2017, ORIGINADO PELO REQUERIMENTO 79, DE AUTORIA DO VER. CLEMENTE, PROTOCOLADO SOB NÚMERO 1148/2017 (POLICIAMENTO OSTENSIVO).</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1030/1030_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1030/1030_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROT. 1261/2017 - CONSELHO DELIBERANTE DE PASO DE LOS LIBRES INFORMA A SUA COMPOSIÇÃO PARA O PERÍODO DE 10.12.2017 À 10.12.2018.</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1031/1031_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1031/1031_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROT. 1262/2017 - BRK AMBIENTAL ENCAMINHA INFORMAÇÕES EM RESPOSTA A INDICAÇÃO 321/2017, DE AUTORIA DO VER. IRANI FERNANDES, A RESPEITO DE VAZAMENTO DE ESGOTO NA RUA GREGÓRIO BEHEREGARAY.</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1032/1032_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1032/1032_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROT. 1266/2017 - SANTA CASA DE CARIDADE APRESENTA O RELATÓRIO, DE FORMA SUCINTA, DAS AÇÕES DOS DOIS ANOS DESTA ADMINISTRAÇÃO.</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
     <t>PROT. 1267/2017 - CAIXA ECONÔMICA FEDERAL COMUNICA QUE EFETUOU A LIBERAÇÃO DE RECURSOS FINANCEIROS, NO ÂMBITO DO PROGRAMA DE MODERNIZAÇÃO DA ADMINISTRAÇÃO TRIBUTÁRIA E DA GESTÃO DOS SETORES SOCIAIS BÁSICOS, NO VALOR DE R$ 401.004,85.</t>
   </si>
   <si>
     <t>PARCJ</t>
   </si>
   <si>
     <t>Parecer de Comissão de Justiça e Redação</t>
   </si>
   <si>
     <t>CCJ - Constituição, Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/314/314_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/314/314_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARECER DESFAVORÁVEL À TRAMITAÇÃO DO PROJETO DE LEI 038/2017 QUE DISPÕE SOBRE O ENVIO DE INFORMAÇÃO À CÂMARA MUNICIPAL DE URUGUAIANA SOBRE OS PEDIDOS DE PROVIDÊNCIAS, POR MEIO DE REQUERIMENTO E DE INDICAÇÕES, REMETIDOS AO PODER EXECUTIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/333/333_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/333/333_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARECER DESFAVORÁVEL À TRAMITAÇÃO DO PROJETO DE LEI 049/2017 QUE DISPÕE SOBRE A INCLUSÃO DE CONCEITOS DE EMPREENDEDORISMO NA REDE MUNICIPAL DE ENSINO, NO ÂMBITO DO MUNICÍPIO DE URUGUAIANA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/433/433_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/433/433_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARECER DESFAVORÁVEL À TRAMITAÇÃO DO PROJETO DE LEI 053/2017</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/463/463_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/463/463_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARECER DESFAVORÁVEL DA COMISSÃO DE JUSTIÇA REFERENTE AO PROJETO DE LEI 064/2017 QUE INSTITUI O PROGRAMA MERENDA NAS FÉRIAS NA REDE MUNICIPAL DE ENSINO, NO ÂMBITO DO MUNICÍPIO DE URUGUAIANA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/12/12_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/12/12_texto_integral.doc</t>
   </si>
   <si>
     <t>CONFERE  DIPLOMA MENSAGEIRO DA PAZ AO SR. ADAHYR DA SILVA COMARÚ NETO</t>
   </si>
   <si>
     <t>Elton da Rocha, Delgado, Mano Gás, Suzana Alves</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/13/13_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/13/13_texto_integral.doc</t>
   </si>
   <si>
     <t>CONFERE O DIPLOMA MENSAGEIRO DA PAZ AO SR. LAURINDO FERREIRA DE SOUZA NETO.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/75/75_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/75/75_texto_integral.doc</t>
   </si>
   <si>
     <t>CONFERE A MEDALHA E O DIPLOMA MENSAGEIRO DA PAZ AO SR. IRANI COELHO FERNANDES.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/99/99_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/99/99_texto_integral.doc</t>
   </si>
   <si>
     <t>CONFERE O TROFÉU MULHER CIDADÃ À PROFª. MARISA ALBERTINA CRIVELARO DA SILVA.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/100/100_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/100/100_texto_integral.doc</t>
   </si>
   <si>
     <t>CONFERE O TROFÉU MULHER CIDADÃ À SRA. MARIA TUGIRA DA SILVA CARDOSO</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/101/101_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/101/101_texto_integral.doc</t>
   </si>
   <si>
     <t>CONFERE O TROFÉU MULHER CIDADÃ À SRA. MARLENE NILSON TEIXEIRA.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/180/180_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/180/180_texto_integral.doc</t>
   </si>
   <si>
     <t>CONFERE O DIPLOMA DE HONRA AO MÉRITO À SRA. KÁTIA ROMERO DINAT.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/181/181_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/181/181_texto_integral.odt</t>
   </si>
   <si>
     <t>CONFERE O DIPLOMA DE HONRA AO MÉRITO A SRª IRMA PEDELHES DOS SANTOS</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/182/182_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/182/182_texto_integral.odt</t>
   </si>
   <si>
     <t>CONFERE O DIPLOMA DE HONRA AO MÉRITO À SRA. CLAUDIA ROSANE PIRES.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/183/183_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/183/183_texto_integral.doc</t>
   </si>
   <si>
     <t>CONFERE O DIPLOMA DE HONRA AO MÉRITO À SRA. CAROLINE BORTOLOTTI HUBER.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/184/184_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/184/184_texto_integral.odt</t>
   </si>
   <si>
     <t>CONFERE O DIPLOMA DE HONRA AO MÉRITO À SRA. ELIANE DOS SANTOS REZES</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/185/185_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/185/185_texto_integral.odt</t>
   </si>
   <si>
     <t xml:space="preserve">CONFERE O DIPLOMA DE HONRA AO MÉRITO À SRA. ALICE DO CARMO RAMOS FERNANDES </t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/186/186_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/186/186_texto_integral.doc</t>
   </si>
   <si>
     <t>CONFERE O DIPLOMA DE HONRA AO MÉRITO À SRA. ALZIRA DO HORTO BRUM CHAVASCO.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/187/187_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/187/187_texto_integral.odt</t>
   </si>
   <si>
     <t>CONFERE O DIPLOMA DE HONRA AO MÉRITO À SRª NADIR VARGAS DOS SANTOS</t>
   </si>
   <si>
     <t>Fernando Tarragó</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/188/188_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/188/188_texto_integral.doc</t>
   </si>
   <si>
     <t>CONFERE O DIPLOMA DE HONRA AO MÉRITO À SRA. MARTA RIBEIRO GONZALEZ.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/189/189_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/189/189_texto_integral.odt</t>
   </si>
   <si>
     <t>CONFERE O DIPLOMA DE HONRA AO MÉRITO À SRA. ALTAMIRA PEREIRA ARIA.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/196/196_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/196/196_texto_integral.odt</t>
   </si>
   <si>
     <t xml:space="preserve">CONFERE O DIPLOMA DE HONRA AO MÉRITO À SRA. GILDA CIRLEI SILVA DA LUZ.  </t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/224/224_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/224/224_texto_integral.doc</t>
   </si>
   <si>
     <t>CONFERE A MEDALHA TIRADENTES E O DIPLOMA DE RECONHECIMENTO AO SR. GERMANO CORRÊA CARVALHO.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/225/225_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/225/225_texto_integral.doc</t>
   </si>
   <si>
     <t>CONFERE A MEDALHA TIRADENTES E O DIPLOMA DE RECONHECIMENTO AO SR. CRISTIAN SALGUEIRO DE MORAES.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/226/226_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/226/226_texto_integral.doc</t>
   </si>
   <si>
     <t>CONFERE A MEDALHA TIRADENTES E O DIPLOMA DE RECONHECIMENTO À SRA. JANINE LEGUIÇA MACHADO</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/227/227_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/227/227_texto_integral.doc</t>
   </si>
   <si>
     <t>CONFERE A MEDALHA TIRADENTES E O DIPLOMA DE RECONHECIMENTO AO SR. CESAR AUGUSTO MACHADO FREITAS.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/228/228_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/228/228_texto_integral.doc</t>
   </si>
   <si>
     <t>CONFERE A MEDALHA TIRADENTES E O DIPLOMA DE RECONHECIMENTO AO SR. ISMAEL FERNANDO DE SOUZA REIS.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/229/229_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/229/229_texto_integral.doc</t>
   </si>
   <si>
     <t>CONFERE A MEDALHA TIRADENTES E O DIPLOMA DE RECONHECIMENTO AO SR. MARCELO DA SILVA DUTRA.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/230/230_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/230/230_texto_integral.doc</t>
   </si>
   <si>
     <t>CONFERE A MEDALHA TIRADENTES E O DIPLOMA DE RECONHECIMENTO AO SR. CARLOS ROBERTO SOARES DE MOURA.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/237/237_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/237/237_texto_integral.doc</t>
   </si>
   <si>
     <t>CONFERE A MEDALHA TIRADENTES E O DIPLOMA DE RECONHECIMENTO À SRA. TALITA DANIELY DAMIAN ARNHOLD.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/239/239_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/239/239_texto_integral.doc</t>
   </si>
   <si>
     <t>CONFERE A MEDALHA TIRADENTES E O DIPLOMA DE RECONHECIMENTO AO SR. FAGNER CRISTIANO FROHNHOFER BASTOS.</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/539/539_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/539/539_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONFERE O DIPLOMA DE HONRA AO MÉRITO AO SR. RENATO FAGUNDES. </t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/540/540_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/540/540_texto_integral.odt</t>
   </si>
   <si>
     <t>CONFERE O DIPLOMA DE HONRA AO MÉRITO  AO SR. ADROALDO GONÇALVES SILVA.</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/552/552_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/552/552_texto_integral.odt</t>
   </si>
   <si>
     <t>CONFERE O DIPLOMA DE HONRA AO MÉRITO AO SR. ALEX GOMES SILVA.</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/778/778_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/778/778_texto_integral.doc</t>
   </si>
   <si>
     <t>CONFERE O TROFÉU IMPRENSA AO SR. EDISON GOULART REBÉS</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/804/804_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/804/804_texto_integral.doc</t>
   </si>
   <si>
     <t>CONFERE O DIPLOMA DE HONRA AO MÉRITO À CELEMASTER URUGUAIANENSE.</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/808/808_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/808/808_texto_integral.doc</t>
   </si>
   <si>
     <t>CONFERE O DIPLOMA DE HONRA AO MÉRITO AO SR. ARMANDO MEDINA FALCÃO.</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/823/823_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/823/823_texto_integral.doc</t>
   </si>
   <si>
     <t>CONFERE O DIPLOMA DE HONRA AO MÉRITO AO SR. ARLINDO CUNHA BRASIL</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica Municipal</t>
   </si>
   <si>
     <t>Elton da Rocha, Delgado, Suzana Alves, Zulma</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/8/8_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/8/8_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 58 DA LEI ORGÂNICA DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS (RECESSO)</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/651/651_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/651/651_texto_integral.doc</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTIGO 149, DA LEI COMPLEMENTAR N.º 3/2014.</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/701/701_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/701/701_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA E INCLUI DISPOSITIVOS NO CÓDIGO TRIBUTÁRIO DO MUNICÍPIO - LEI Nº 2.413/1993, CONFORME MENCIONA.</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/709/709_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/709/709_texto_integral.doc</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTIGO 2º E AO ANEXO I DA LEI COMPLEMENTAR N.º 07/2014 QUE INSTITUI A LICENÇA ESPECIAL DE FUNDO DE COMÉRCIO, NO CÓDIGO TRIBUTÁRIO DO MUNICÍPIO, CONFORME MENCIONA.</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/710/710_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/710/710_texto_integral.doc</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AOS ITENS I AO XXXIV DO ARTIGO 78, DO CÓDIGO ADMINISTRATIVO DO MUNICÍPIO (LEI N.º 1970/1988, CONFORME MENCIONA.</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/711/711_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/711/711_texto_integral.doc</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AOS ARTIGOS 152 E 153 DO CÓDIGO ADMINISTRATIVO DO MUNICÍPIO (LEI Nº 1970/1988, CONFORME MENCIONA.</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/712/712_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/712/712_texto_integral.doc</t>
   </si>
   <si>
     <t>ACRESCE DISPOSITIVOS NA LEI Nº 2.413, DE 20 DE DEZEMBRO DE 1993, E CRIA A TAXA DE TURISMO - TT NO MUNICÍPIO DE URUGUAIANA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/713/713_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/713/713_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA E INCLUI DISPOSITIVOS NA LEI Nº 3.313/2003, CONFORME MENCIONA.</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/771/771_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/771/771_texto_integral.doc</t>
   </si>
   <si>
     <t>DISCIPLINA A MANUTENÇÃO E CONSERVAÇÃO DA LIMPEZA PÚBLICA URBANA NO MUNICÍPIO DE URUGUAIANA/RS - PROJETO 100 LIXO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/871/871_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/871/871_texto_integral.doc</t>
   </si>
   <si>
     <t>DISCIPLINA A MANUTENÇÃO E CONSERVAÇÃO DA LIMPEZA PÚBLICA URBANA NO MUNICÍPIO DE URUGUAIANA/RS - PROJETO SEM LIXO - E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/971/971_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/971/971_texto_integral.doc</t>
   </si>
   <si>
     <t>REVOGA OS ARTIGOS 2º E 3º, DA LEI COMPLEMENTAR Nº 4/2014.</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/982/982_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/982/982_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTITUI O REGIME JURÍDICO DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE URUGUAIANA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/983/983_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/983/983_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL DO MUNICÍPIO DE URUGUAIANA E A SUA FONTE DE CUSTEIO, CRIA A URUGUAIANA PREVIDÊNCIA SOCIAL &amp;#8211; URUPREV, NA FORMA DE AUTARQUIA, CRIA O FUNDO MUNICIPAL DE PREVIDÊNCIA SOCIAL VINCULADO A URUPREV, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/6/6_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/6/6_texto_integral.doc</t>
   </si>
   <si>
     <t>Institui, no âmbito do Sistema de Ensino do Município, as diretrizes do "Programa Escola Sem Partido" e outras providências correlatas.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/9/9_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/9/9_texto_integral.doc</t>
   </si>
   <si>
     <t>GARANTE NO MUNICÍPIO DE URUGUAIANA, A MATRÍCULA PARA O ALUNO PORTADOR DE DEFICIÊNCIA LOCOMOTORA PERMAMENTE NA ESCOLA MUNICIPAL MAIS PRÓXIMA DE SUA RESIDÊNCIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/10/10_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/10/10_texto_integral.doc</t>
   </si>
   <si>
     <t>GARANTE NO MUNICÍPIO DE URUGUAIANA/RS, A MATRÍCULA PARA O ALUNO COM DEFICIÊNCIA NA ESCOLA MUNICIPAL MAIS PRÓXIMOS DE SUA RESIDÊNCIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/26/26_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/26/26_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">REGULAMENTA A TRANSPARÊNCIA DE RECURSOS PÚBLICOS DOS HOSPITAIS INSTALADOS NO MUNICÍPIO.  </t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/31/31_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/31/31_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO TROCO SOLIDÁRIO NO MUNICÍPIO DE URUGUAIANA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/32/32_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/32/32_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ NOVA REDAÇÃO AO ART. 1º DA LEI Nº 4.685 DE 18 DE AGOSTO DE 2016 E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/33/33_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/33/33_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI O PROGRAMA ADOTE UMA PRAÇA </t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/39/39_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/39/39_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ESTRUTURA ADMINISTRATIVA DO PODER EXECUTIVO DO MUNICÍPIO DE URUGUAIANA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/40/40_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/40/40_texto_integral.doc</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE NO VALOR DE R$ 7.411.854,22.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/41/41_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/41/41_texto_integral.doc</t>
   </si>
   <si>
     <t>SUPLEMENTA VERBAS NO ORÇAMENTO VIGENTE NO VALOR DE R$ 30.446.024,24.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/42/42_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/42/42_texto_integral.doc</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE NO VALOR DE R$ 311.500,00.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/43/43_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/43/43_texto_integral.doc</t>
   </si>
   <si>
     <t>SUPLEMENTA VERBAS NO ORÇAMENTO VIGENTE NO VALOR DE R$ 704.000,00.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/44/44_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/44/44_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIXAR O EXPEDIENTE EM TURNO ÚNICO, NAS CONDIÇÕES QUE MENCIONA</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/45/45_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/45/45_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONTRATAÇÃO DE INSTRUTORES PARA O COLÉGIO AGRÍCOLA DO MUNICÍPIO</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/52/52_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/52/52_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA AÇÃO NO PLANO PLURIANUAL DO MUNICÍPIO, PPA 2014/2017 E NA LEI DE DIRETRIZES ORÇAMENTÁRIAS, LDO 2017, DE QUE TRATAM, RESPECTIVAMENTE, AS LEIS N.º 4.240/2013 E 4.712/2016.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/61/61_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/61/61_texto_integral.doc</t>
   </si>
   <si>
     <t>DIVULGAÇÃO, EM REVENDEDORAS E CONCESSIONÁRIAS DE VEÍCULOS AUTOMOTORES, DE INFORMAÇÕES SOBRE ISENÇÕES CONCEDIDAS ÀS PESSOAS PORTADORAS DE NECESSIDADES ESPECIAIS.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/62/62_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/62/62_texto_integral.doc</t>
   </si>
   <si>
     <t>UTILIDADE PÚBLICA - ASSOCIAÇÃO DE PROTETORES VIRA-LATAS.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/63/63_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/63/63_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O ATENDIMENTO PREFERENCIAL AOS DOADORES DE SANGUE, ÓRGÃOS E MEDULA ÓSSEA DO MUNICÍPIO EM BANCOS, CASAS LOTÉRICAS, SUPERMERCADOS, HIPERMERCADOS, BEM COMO OS DEMAIS ESTABELECIMENTOS COMERCIAIS E ÓRGÃOS PÚBLICOS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/68/68_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/68/68_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A SOLUÇÃO DE CONFLITOS DE COMPETÊNCIA ENTRE DELEGATÁRIAS DE SERVIÇO PÚBLICO MUNICIPAL E DO PODER PÚBLICO.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/96/96_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/96/96_texto_integral.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a idade mínima de ingresso no Sistema de Ensino Municipal, No Tempo Certo, segundo a capacidade de cada um.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/104/104_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/104/104_texto_integral.odt</t>
   </si>
   <si>
     <t>INSTITUI O INCENTIVO À CRIAÇÃO DE PARKLETS NO MUNICÍPIO DE URUGUAIANA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/107/107_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/107/107_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CRIA,NO ÂMBITO DO MUNICÍPIO DE URUGUAIANA,O CONSELHO TUTELAR DE IDOSOS,E DÁ OUTRAS PROVIDÊNCIAS.  </t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/108/108_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/108/108_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INCLUSÃO DE CONCEITOS DE EMPREENDEDORISMO NA REDE MUNICIPAL DE ENSINO,NO ÂMBITO DO MUNICÍPIO DE URUGUAIANA E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/112/112_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/112/112_texto_integral.odt</t>
   </si>
   <si>
     <t>INSTITUI, NO ÂMBITO DO MUNICÍPIO DE URUGUAIANA, O PROGRAMA DE APOIO AOS PORTADORES DE PSORÍASE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/117/117_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/117/117_texto_integral.odt</t>
   </si>
   <si>
     <t>TORNA OBRIGATÓRIO AFIXAR EM LUGAR VISÍVEL LISTA DE PROFISSIONAIS DE SAÚDE EM ESTABELECIMENTO PÚBLICO</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/119/119_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/119/119_texto_integral.odt</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DE MARCHAS PARA JESUS NO ÂMBITO DO MUNICÍPIO DE URUGUAIANA E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/122/122_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/122/122_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ NOVA REDAÇÃO AO ART. 1º DA LEI Nº 4.747 DE 21 DE DEZEMBRO DE 2016. RUA PADRE ANCHIETA. </t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/123/123_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/123/123_texto_integral.doc</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ART. 1º DA LEI Nº 3.743 DE 15 DE MAIO DE 2007. RUA JOCELI DIAS DE ASSUNÇÃO.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/129/129_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/129/129_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A PROIBIÇÃO DA UTILIZAÇÃO, QUEIMA E A SOLTURA DE FOGOS DE ARTIFÍCIO E ARTEFATOS PIROTÉCNICOS QUE POSSUEM ESTAMPIDO NO ÂMBITO DA ÁREA URBANA DO MUNICÍPIO DE URUGUAIANA. </t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/166/166_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/166/166_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE DIVULGAÇÃO DA LISTA  DE ESPERA DOS MUNÍCIPES CADASTRADOS NOS PROGRAMAS HABITACIONAIS NESTE MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/170/170_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/170/170_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE NO VALOR DE R$ 471.568,24.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/171/171_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/171/171_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO VIGENTE NO VALOR DE R$ 600.100,94</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/173/173_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/173/173_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O USO DO NOME SOCIAL E O RECONHECIMENTO DA IDENTIDADE DE GÊNERO DE PESSOAS LGBTT NO ÂMBITO DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL DIRETA, AUTÁRQUICA E FUNDACIONAL.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/197/197_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/197/197_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DO PROGRAMA MUNICIPAL DE GESTÃO DE PNEUMÁTICOS INSERVÍVEIS E SUA REUTILIZAÇÃO EM OBRAS PÚBLICAS DE INFRAESTRUTURA.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/214/214_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/214/214_texto_integral.doc</t>
   </si>
   <si>
     <t>OBRIGA OS SUPERMERCADOS DE GRANDE PORTE A DISPONIBILIZAREM CARRINHOS DE COMPRAS ADAPTADOS PARA PESSOAS COM DEFICIÊNCIA OU QUE APRESENTEM DIFICULDADE DE LOCOMOÇÃO.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/240/240_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/240/240_texto_integral.doc</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DOS AUTISTAS SEM FRONTEIRA.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/243/243_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/243/243_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DIVULGAÇÃO DE INFORMAÇÕES ACERCA DOS MEDICAMENTOS DISTRIBUÍDOS NA REDE MUNICIPAL DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/260/260_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/260/260_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O ENVIO DE INFORMAÇÕES À CÂMARA MUNICIPAL DE URUGUAIANA SOBRE OS PEDIDOS DE PROVIDÊNCIAS, POR MEIO DE REQUERIMENTOS E DE INDICAÇÕES, REMETIDOS AO PODER EXECUTIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/261/261_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/261/261_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE NO VALOR DE R$ 2.043.356,37.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/262/262_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/262/262_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO VIGENTE NO VALOR DE R$ 6.275.457,25</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/263/263_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/263/263_texto_integral.doc</t>
   </si>
   <si>
     <t>INCLUI AÇÃO NO PLANO PLURIANUAL DO MUNICÍPIO - PPA 2014/2017 E NA LEI DE DIRETRIZES ORÇAMENTÁRIAS - LDO 2017, DE QUE TRATAM, RESPECTIVAMENTE, AS LEIS N.º 4.240/13 E 4.712/2016.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/264/264_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/264/264_texto_integral.doc</t>
   </si>
   <si>
     <t>INCLUI AÇÃO NO PLANO PLURIANUAL DO MUNICÍPIO - PPA 2014/2017, NA LEI DE DIRETRIZES ORÇAMENTÁRIAS - LDO 2017 E LEI ORÇAMENTÁRIA ANUAL - LOA 2017, DE QUE TRATAM, RESPECTIVAMENTE, AS LEIS N.º 4.240/13, 4.712/16 E 4.751/16.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/265/265_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/265/265_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE REGULARIZAÇÃO FISCAL DO MUNICÍPIO DE URUGUAIANA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/266/266_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/266/266_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI N.º 4.541/2015, CONFORME MENCIONA.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/267/267_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/267/267_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A MANUTENÇÃO DOS CONTRATOS TEMPORÁRIOS DOS INSTRUTORES DO COLÉGIO AGRÍCOLA, CONFORME MENCIONA.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/281/281_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/281/281_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE NO VALOR DE R$ 260.000,00</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/282/282_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/282/282_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CONTRATAÇÕES, POR TEMPO DETERMINADO, DE AGENTES COMUNITÁRIOS DE SAÚDE PARA ATENDER NECESSIDADES TEMPORÁRIAS DE EXCEPCIONAL INTERESSE PÚBLICO DO MUNICÍPIO DE URUGUAIANA.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/283/283_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/283/283_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CONTRATAÇÕES, POR TEMPO DETERMINADO, DE AGENTES DE COMBATE ÀS ENDEMIAS, PARA ATENDER NECESSIDADES TEMPORÁRIAS DE EXCEPCIONAL INTERESSE PÚBLICO DO MUNICÍPIO DE URUGUAIANA.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/293/293_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/293/293_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INCLUSÃO DE CONCEITOS DE EMPREENDEDORISMO NA REDE MUNICIPAL DE ENSINO, NO ÂMBITO DO MUNICÍPIO DE URUGUAIANA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/311/311_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/311/311_texto_integral.odt</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE COLOCAÇÃO DE BIOMBOS EM AGÊNCIAS BANCÁRIAS E COOPERATIVAS DE CRÉDITO NO ÂMBITO DO MUNICÍPIO DE URUGUAIANA.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/320/320_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/320/320_texto_integral.doc</t>
   </si>
   <si>
     <t>CONFERE O TÍTULO HONORÍFICO DE CIDADÃO DE URUGUAIANA AO SR. JOÃO CARLOS CALVANO BELMONTE.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/348/348_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/348/348_texto_integral.odt</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO BRASILEIRA DE TRANSPORTES INTERNACIONAIS - ABTI</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/359/359_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/359/359_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA ARTIGO 1º E PARÁGRAFO ÚNICO DA LEI 2.182/90.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/367/367_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/367/367_texto_integral.doc</t>
   </si>
   <si>
     <t>DENOMINA DR. HOMERO TARRAGÓ A ESCOLA DO LEGISLATIVO DA CÂMARA MUNICIPAL DE URUGUAIANA.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/370/370_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/370/370_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DIVULGAÇÃO DAS LISTAGENS DOS PACIENTES QUE AGUARDAM POR CONSULTAS COM ESPECIALISTAS, EXAMES E CIRURGIAS NA REDE PÚBLICA DO MUNICÍPIO DE URUGUAIANA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/380/380_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/380/380_texto_integral.odt</t>
   </si>
   <si>
     <t>INSTITUI PROGRAMA SOCIAL DENOMINADO "JOÃO DE BARRO" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/382/382_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/382/382_texto_integral.doc</t>
   </si>
   <si>
     <t>ESTABELECE O HORÁRIO DE EXPEDIENTE DE ÓRGÃOS E REPARTIÇÕES DA PREFEITURA MUNICIPAL DE URUGUAIANA - PMU, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/383/383_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/383/383_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO DE INCENTIVO ADICIONAL AOS AGENTES COMUNITÁRIOS DE SAÚDE E AOS AGENTES DE COMBATE ÀS ENDEMIAS, NAS CONDIÇÕES QUE MENCIONA.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/389/389_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/389/389_texto_integral.doc</t>
   </si>
   <si>
     <t>UTILIDADE PÚBLICA - CÂMARA DE DIRIGENTES LOJISTAS DE URUGUAIANA - CDL</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/403/403_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/403/403_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE NO VALOR DE R$ 280.239,97.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/404/404_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/404/404_texto_integral.doc</t>
   </si>
   <si>
     <t>INCLUI PROGRAMA E AÇÃO NO PLANO PLURIANUAL DO MUNICÍPIO - PPA 2014/2017, E NA LEI DE DIRETRIZES ORÇAMENTÁRIAS - LDO 2017, DE QUE TRATAM, RESPECTIVAMENTE, AS LEIS Nº 4.240/13 E 4712/16.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/405/405_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/405/405_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO VIGENTE NO VALOR DE R$ 4.760.000,00.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/407/407_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/407/407_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 1º DA LEI MUNICIPAL Nº 4.250/2013, DE 16 DE OUTUBRO DE 2013.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/413/413_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/413/413_texto_integral.odt</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA MERENDA NAS FÉRIAS NA REDE MUNICIPAL</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/414/414_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/414/414_texto_integral.odt</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA MUNICIPAL PRIMEIRO EMPREGO- PMPE NO MUNICÌPIO DE URUGUAIANA.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/417/417_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/417/417_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 13, ARTIGO 23 E PARÁGRAFO ÚNICO DO ART. 23 DA LEI MUNICIPAL 4.353/2014, QUE DISPÕE SOBRE O PLANO DE CARREIRA DOS FUNCIONÁRIOS DO PODER LEGISLATIVO DO MUNICÍPIO DE URUGUAIANA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/426/426_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/426/426_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTITUI O FUNDO MUNICIPAL DE DESENVOLVIMENTO ECONÔMICO - FUMDE E O RESPECTIVO CONSELHO FISCAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/427/427_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/427/427_texto_integral.doc</t>
   </si>
   <si>
     <t>TORNA OBRIGATÓRIA O REGISTRO DE VIOLÊNCIA CONTRA A MULHER NO PRONTUÁRIO DE ATENDIMENTO MÉDICO, NA FORMA QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/436/436_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/436/436_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI 4.354/2014</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/441/441_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/441/441_texto_integral.odt</t>
   </si>
   <si>
     <t>INSTITUI NORMAS E PROCEDIMENTOS PARA A COLETA E DESTINAÇÃO FINAL DE LIXO ELETRÔNICO E ELETRODOMÉSTICO, NO ÂMBITO DO MUNICÍPIO DE URUGUAIANA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/447/447_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/447/447_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTITUI O PLANO PLURIANUAL DO MUNICÍPIO DE URUGUAIANA-RS PARA O PERÍODO DE 2018-2021.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/458/458_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/458/458_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CONTRATAÇÕES DIRETAS, POR TEMPO DETERMINADO, DE AGENTES DE COMBATE ÀS ENDEMIAS, PARA ATENDER NECESSIDADES TEMPORÁRIAS DE EXCEPCIONAL INTERESSE PÚBLICO DO MUNICÍPIO DE URUGUAIANA.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/459/459_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/459/459_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO VIGENTE NO VALOR DE R$ 4.943.016,38</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/460/460_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/460/460_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO FIRMAR TERMO DE CONVÊNIO COM O INSTITUTO DE PESQUISA GIANELLI MARTINS, CONFORME MENCIONA.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/480/480_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/480/480_texto_integral.odt</t>
   </si>
   <si>
     <t>DENOMINA LARISSA ALMIERI KUSTER DE MOURA A PRAÇA DA VILA DA BARRAGEM SANCHURI.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/482/482_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/482/482_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO VIGENTE NO VALOR DE R$ 1.082.270,07.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/483/483_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/483/483_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE NO VALOR DE R$ 743.584,42.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/484/484_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/484/484_texto_integral.doc</t>
   </si>
   <si>
     <t>INCLUI PROGRAMA E AÇÃO NO PLANO PLURIANUAL DO MUNICÍPIO - PPA 2014/2017, E NA LEI DE DIRETRIZES ORÇAMENTÁRIAS - LDO 2017, DE QUE TRATAM, RESPECTIVAMENTE, AS LEIS N.º 4.240/13 E 4.712/16.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/490/490_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/490/490_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 2018 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/500/500_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/500/500_texto_integral.doc</t>
   </si>
   <si>
     <t>CRIA O PROGRAMA ORIGEM URUGUAIANENSE E TORNA OBRIGATÓRIA A OFERTA E A DIVULGAÇÃO DE PRODUTOS AGROPECUÁRIOS E INDUSTRIALIZADOS PRODUZIDOS NO MUNICÍPIO DE URUGUAIANA, NOS ESTABELECIMENTOS COMERCIAIS CEDIDOS, CONCESSIONADOS E LICITADOS.</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/504/504_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/504/504_texto_integral.doc</t>
   </si>
   <si>
     <t>PROJETO DE LEI - SETEMBRO AMARELO - VALORIZAÇÃO DA VIDA.</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/509/509_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/509/509_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTITUI O FUNDO MUNICIPAL DE DESENVOLVIMENTO ECONÔMICO &amp;#8211; FUMDE E O RESPECTIVO CONSELHO FISCAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/530/530_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/530/530_texto_integral.odt</t>
   </si>
   <si>
     <t>CONCEDE PRIORIDADE NA ESCOLHA DE FÉRIAS A SERVIDOR QUE TENHA, SOB SUA RESPONSABILIDADE E SEUS CUIDADOS, CÔNJUGE, FILHO OU DEPENDENTE COM DEFICIÊNCIA.</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/541/541_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/541/541_texto_integral.doc</t>
   </si>
   <si>
     <t>CONFERE O TÍTULO HONORÍFICO DE CIDADÃO URUGUAIANENSE AO PASTOR  ARGEMIRO RODRIGUES DA SILVA.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/543/543_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/543/543_texto_integral.doc</t>
   </si>
   <si>
     <t>CONFERE O TÍTULO HONORÍFICO DE CIDADÃO DE URUGUAIANA AO SR. CLAÚDIO JOSÉ SILVEIRA BRITO</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/548/548_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/548/548_texto_integral.odt</t>
   </si>
   <si>
     <t>CONFERE O TÍTULO HONORÍFICO DE CIDADÃO DE URUGUAIANA AO SR. NELCI ARENHART.</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/551/551_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/551/551_texto_integral.odt</t>
   </si>
   <si>
     <t>CONFERE O TÍTULO HONORÍFICO DE CIDADÃO DE URUGUAIANA AO SENHOR SADI DE ANDRADE.</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/553/553_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/553/553_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PROCEDER AO PARCELAMENTO DE DÍVIDA COM A PROCURADORIA-GERAL DA FAZENDA NACIONAL.</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/573/573_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/573/573_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO A PROCEDER À DOAÇÃO DE ÁREA ÀS EMPRESAS ALBARELLO &amp; MARKOSKI TRANSPORTES LTDA. E MARKOSKI &amp; MARKOSKI REPRESENTAÇÕES, CONFORME MENCIONA.</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/574/574_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/574/574_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO A PROCEDER À DOAÇÃO DE ÁREA AO GRUPO EMPRESARIAL ECONÔMICO URUGUAIANA, FORMADO PELAS EMPRESAS: J. D. DOS SANTOS REZES-ME; BIDINHA E MORESCO LTDA.-ME, E M. A. MORESCO FILHO-EPP, CONFORME MENCIONA.</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/587/587_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/587/587_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO VIGENTE NO VALOR DE R$ 982.000,00</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
     <t>Delgado, Rafael Alves</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/596/596_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/596/596_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI O PROGRAMA ADOTE UMA PARADA, NO ÂMBITO DO MUNICÍPIO DE URUGUAIANA. </t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/606/606_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/606/606_texto_integral.odt</t>
   </si>
   <si>
     <t>INSTITUI NORMAS PARA O GERENCIAMENTO E DESTINAÇÃO FINAL DE LIXO ELETRÔNICOS, NO ÂMBITO DO MUNICÍPIO DE URUGUAIANA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/613/613_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/613/613_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE NO VALOR DE R$ 103.000,00</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/614/614_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/614/614_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO VIGENTE NO VALOR DE R$ 555.000,00.</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/623/623_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/623/623_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTITUI O DIA 25 DE ABRIL COMO O DIA MUNICIPAL DO DESPACHANTE ADUANEIRO, INCLUI NO CALENDÁRIO DE EVENTOS DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/637/637_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/637/637_texto_integral.odt</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA ADOTE UMA CASINHA EM PONTO DE TÁXI, NO ÂMBITO DO MUNICÍPIO DE URUGUAIANA</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/640/640_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/640/640_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE NO VALOR DE R$ 48.103,42.</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/646/646_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/646/646_texto_integral.doc</t>
   </si>
   <si>
     <t>ESTENDE A DENOMINAÇÃO DA RUA GENERAL VITORINO.</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/650/650_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/650/650_texto_integral.doc</t>
   </si>
   <si>
     <t>ACRESCENTA OS §§ 3º, 4º, 5º E 6º, NO ARTIGO 4º, DA LEI MUNICIPAL N.º 4.012/2010.</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/680/680_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/680/680_texto_integral.odt</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA QUEBRANDO O SILÊNCIO NO CALENDÁRIO OFICIAL DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/683/683_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/683/683_texto_integral.odt</t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNICIPAL DA MATEADA COM JESUS</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/684/684_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/684/684_texto_integral.odt</t>
   </si>
   <si>
     <t>INCLUI NO CALENDÁRIO DE EVENTOS DO MUNICÍPIO, O ENCONTRO INTERNACIONAL DE CARROS ANTIGOS DE URUGUAIANA, À REALIZAR-SE NA SEMANA DAS COMEMORAÇÕES DO ANIVERSÁRIO DE EMANCIPAÇÃO POLITICA DA CIDADE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/686/686_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/686/686_texto_integral.doc</t>
   </si>
   <si>
     <t>CRIA O SERVIÇO DE INSPEÇÃO MUNICIPAL - S.I.M E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/687/687_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/687/687_texto_integral.doc</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA O NÚCLEO MUNICIPAL DE URUGUAIANA DA LIGA DE DEFESA NACIONAL.</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/689/689_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/689/689_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTITUI AS TAXAS DO SERVIÇO DE INSPEÇÃO MUNICIPAL - S.I.M., E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/691/691_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/691/691_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO VIGENTE NO VALOR DE R$ 2.562.300,66.</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/692/692_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/692/692_texto_integral.doc</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTIGO 1 DA LEI NÚMERO 4.605, DE 13 DE JANEIRO DE 2016.</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/694/694_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/694/694_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A IMPLANTAR, MANTER, OPERAR E EXPLORAR NAS RUAS E LOGRADOUROS PÚBLICOS MUNICIPAIS DE URUGUAIANA, ÁREAS DE ESTACIONAMENTO ROTATIVO PAGO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/702/702_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/702/702_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 4.307/2014.</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/703/703_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/703/703_texto_integral.doc</t>
   </si>
   <si>
     <t>ESTABELECE, NOS TERMOS DO ARTIGO 105 DO ATO DAS DISPOSIÇÕES TRANSITÓRIAS DA CONSTITUIÇÃO DA REPÚBLICA, OS REQUISITOS PARA A COMPENSAÇÃO DE DÉBITOS INSCRITOS EM DÍVIDA ATIVA DE NATUREZA TRIBUTÁRIA OU DE OUTRA NATUREZA, COM PRECATÓRIOS DO MUNICÍPIO DE URUGUAINA.</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/704/704_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/704/704_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO CONCEDER ISENÇÃO DE IMPOSTOS PARA IMPLANTAÇÃO DO PARQUE EÓLICO EM URUGUAIANA.</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/705/705_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/705/705_texto_integral.doc</t>
   </si>
   <si>
     <t>INCLUI § 5º, NO ARTIGO 3º, DA LEI MUNICIPAL N.º 3.520/2005, CONFORME MENCIONA.</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/706/706_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/706/706_texto_integral.doc</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO INCISO I, DO ARTIGO 4º, DA LEI MUNICIPAL N.º 2.019/89, CONFORME MENCIONA</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/707/707_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/707/707_texto_integral.doc</t>
   </si>
   <si>
     <t>REVOGA AS LEIS MUNICIPAIS NÚMEROS 3.829/2007 E 4.600/2015.</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/708/708_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/708/708_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL NÚMERO 4.760/2017, QUE DISPÕE SOBRE A ESTRUTURA ADMINISTRATIVA DO PODER EXECUTIVO DO MUNICÍPIO DE URUGUAIANA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/716/716_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/716/716_texto_integral.doc</t>
   </si>
   <si>
     <t>DENOMINA-SE SERVIDÃO DE PASSAGEM DAS TAQUAREIRAS, LOCALIZADA NO QUADRILÁTERO DA QUADRA NÚMERO 297, SITUADO ENTRE AS RUAS BENJAMIN CONSTANT, ANDRADAS, ANTÔNIO MONTEIRO E RUA RODRIGUES PORTUGAL.</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/732/732_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/732/732_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO VIGENTE NO VALOR DE R$ 1.663.553,87.</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/737/737_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/737/737_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 1º, DA LEI MUNICIPAL N.º 4.746/2016.</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/738/738_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/738/738_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTITUI NO MUNICÍPIO DE URUGUAIANA O PROGRAMA DE EDUCAÇÃO EMPREENDEDORA NO ENSINO FUNDAMENTAL.</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/745/745_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/745/745_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE NO VALOR DE R$ 581.885,69.</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/746/746_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/746/746_texto_integral.doc</t>
   </si>
   <si>
     <t>INCLUI PROGRAMA E AÇÃO NO PLANO PLURIANUAL DO MUNICÍPIO - PPA 2014/2017, LEI DE DIRETRIZES ORÇAMENTÁRIAS - LDO 2017, DE QUE TRATAM, RESPECTIVAMENTE, AS LEIS N.º 4.240/2013 E 4.712/2016.</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/761/761_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/761/761_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO VIGENTE NO VALOR DE R$ 2.713.550,00.</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/769/769_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/769/769_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO CONCEDER ISENÇÃO DE IMPOSTOS PARA IMPLANTAÇÃO DE PARQUES EÓLICOS NO MUNICÍPIO DE URUGUAIANA/RS.</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/770/770_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/770/770_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CONTRATAÇÕES, POR TEMPO DETERMINADO, PARA ATENDER NECESSIDADES TEMPORÁRIAS DE EXCEPCIONAL INTERESSE PÚBLICO DO MUNICÍPIO DE URUGUAIANA, VINCULADAS À SEPLAN; À SEMUDE; À SEMA E À SEMIUR.</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/785/785_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/785/785_texto_integral.doc</t>
   </si>
   <si>
     <t>REVOGA A LEI MUNICIPAL Nº 2.456 DE 27 DE MAIO DE 1994.</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/789/789_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/789/789_texto_integral.doc</t>
   </si>
   <si>
     <t>DETERMINA QUE OS ÔNIBUS QUE REALIZAM TRANSPORTE COLETIVO EM LINHAS REGULARES REALIZEM EMBARQUE E DESEMBARQUE DE PASSAGEIROS FORA DOS PONTOS DETERMINADOS A PARTIR DAS 20H, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/791/791_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/791/791_texto_integral.doc</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO PARA O EXERCÍCIO FINANCEIRO DE 2018.</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/792/792_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/792/792_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CONTRATAÇÕES, POR TEMPO DETERMINADO, DE AGENTES COMUNITÁRIOS DE SAÚDE PARA ATENDER NECESSIDADES TEMPORÁRIOS DE EXCEPCIONAL INTERESSE PÚBLICO DO MUNICÍPIO DE URUGUAIANA.</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/796/796_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/796/796_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DE INAUGURAÇÃO E OU ENTREGA DE OBRAS PÚBLICAS INACABADAS OU QUE NÃO ESTEJAM EM CONDIÇÕES DE ATENDER AOS FINS A QUE SE DESTINAM.</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/805/805_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/805/805_texto_integral.doc</t>
   </si>
   <si>
     <t>CONFERE O TÍTULO HONORÍFICO DE CIDADÃO DE URUGUAIANA AO SR. JOSÉ IVELTO CASTAGNA.</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/807/807_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/807/807_texto_integral.doc</t>
   </si>
   <si>
     <t>CONFERE A GRANDE CONDECORAÇÃO MUNICIPAL MEDALHA DE OURO, AO SR. LUIS OSCAR KESSLER</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/809/809_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/809/809_texto_integral.doc</t>
   </si>
   <si>
     <t>INCLUI NO CALENDÁRIO DE EVENTOS DO MUNICÍPIO DE URUGUAIANA A CAMPANHA DEZEMBRO VERMELHO DE PREVENÇÃO AO HIV/AIDS E OUTRAS INFECÇÕES SEXUALMENTE TRANSMISSÍVEIS.</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/814/814_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/814/814_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTITUI A FICHA LIMPA MUNICIPAL NA NOMEAÇÃO DE SERVIDORES A CARGOS COMISSIONADOS NO ÂMBITO DA ADMINISTRAÇÃO DIRETA DO PODER EXECUTIVO E DO PODER LEGISLATIVO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/820/820_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/820/820_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO DE BENEFÍCIO FINANCEIRO, A TÍTULO DE AUXÍLIO, COM RECURSOS DO FUNDO MUNICIPAL DE DESPORTO, AS ENTIDADES QUE MENCIONA.</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/847/847_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/847/847_texto_integral.doc</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/859/859_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/859/859_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI NO CALENDÁRIO DE EVENTOS DO MUNICÍPIO DE URUGUAIANA O DIA DO OBREIRO EVANGÉLICO. </t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/878/878_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/878/878_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA TROCO SOLIDÁRIO NO MUNICÍPIO DE URUGUAIANA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/879/879_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/879/879_texto_integral.doc</t>
   </si>
   <si>
     <t>Dispõe sobre os serviços de Transporte Coletivo Público de Passageiros Urbano e Rural de Uruguaiana, estabelece as normas para concessão e permissão de sua exploração e dá outras providências.</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/880/880_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/880/880_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTITUI O CONSELHO MUNICIPAL DE TRANSPORTE DE PASSAGEIROS E MOBILIDADE URBANA DE URUGUAIANA &amp;#8211; COTRAMU E O FUNDO MUNICIPAL DE TRANSPORTE DE PASSAGEIROS E MOBILIDADE URBANA &amp;#8211; FUMTRAMU.</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/881/881_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/881/881_texto_integral.doc</t>
   </si>
   <si>
     <t>INCLUI PROGRAMA E AÇÃO NO PLANO PLURIANUAL DO MUNICÍPIO &amp;#8211; PPA 2014/2017, E NA LEI DE DIRETRIZES ORÇAMENTÁRIAS &amp;#8211; LDO 2017, DE QUE TRATAM, RESPECTIVAMENTE, AS LEIS N.º 4.240/13 E 4.712/16.</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/882/882_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/882/882_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO VIGENTE NO VALOR DE R$ 9.765.240,72.</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/883/883_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/883/883_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE NO VALOR DE R$ 258.251,19.</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/884/884_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/884/884_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA 100% URUGUAIANA, QUE CONCEDE 100% DE DESCONTO EM JUROS E MULTAS DE DÉBITOS TRIBUTÁRIOS E NÃO TRIBUTÁRIOS, INSCRITOS OU NÃO EM DIVIDA ATIVA, COM VENCIMENTO ATÉ 31/12/2016, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/885/885_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/885/885_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A COMPOSIÇÃO DA COMISSÃO MUNICIPAL DE VALORES.</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/886/886_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/886/886_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O SISTEMA MUNICIPAL DE DEFESA DO CONSUMIDOR &amp;#8211; SMDC/UR; A DIRETORIA DO PROCON/UR; O CONSELHO MUNICIPAL DE PROTEÇÃO E DEFESA DO CONSUMIDOR &amp;#8211; COMDECON/UR, E O FUNDO MUNICIPAL DE PROTEÇÃO E DEFESA DO CONSUMIDOR &amp;#8211; FUMDECON/UR, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/911/911_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/911/911_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTITUI A OUVIDORIA NA CÂMARA MUNICIPAL DE URUGUAIANA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/912/912_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/912/912_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ANEXO I DA LEI 4.250 DE 16 DE OUTUBRO DE 2013, CONFORME MENCIONA.</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/921/921_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/921/921_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO VIGENTE NO VALOR DE R$ 320.928,68.</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/922/922_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/922/922_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONTRATAÇÃO DE MÉDICOS, POR TEMPO DETERMINADO, PARA ATENDER NECESSIDADES TEMPORÁRIAS DE EXCEPCIONAL INTERESSE PÚBLICO DO MUNICÍPIO DE URUGUAIANA.</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/931/931_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/931/931_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO A CELEBRAR TERMO DE FILIAÇÃO À FRENTE NACIONAL DE PREFEITOS - FNP, NAS CONDIÇÕES QUE MENCIONA.</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/932/932_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/932/932_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO VIGENTE NO VALOR DE R$ 8.179.714,47.</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/933/933_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/933/933_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE NO VALOR DE R$ 80.000,00.</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/957/957_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/957/957_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONTRATAÇÃO DE MÉDICOS, POR TEMPO DETERMINADO, PARA RECOMPOR A EQUIPE DO SERVIÇO DE ATENDIMENTO MÓVEL DE URGÊNCIA - SAMU.</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/981/981_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/981/981_texto_integral.doc</t>
   </si>
   <si>
     <t>INCLUI PROGRAMA E AÇÃO NO PLANO PLURIANUAL DO MUNICÍPIO &amp;#8211; PPA 2014/2017, LEI DE DIRETRIZES ORÇAMENTÁRIAS &amp;#8211; LDO 2017, PLANO PLURIANUAL DO MUNICÍPIO &amp;#8211; PPA 2018/2021, LEI DE DIRETRIZES ORÇAMENTÁRIAS &amp;#8211; LDO 2018, DE QUE TRATAM, RESPECTIVAMENTE, AS LEIS N.º 4.240/13, 4.712/16, 4.820/17 E 4.823/17.</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1026/1026_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1026/1026_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CONTRATAÇÕES, POR TEMPO DETERMINADO, PARA ATENDER NECESSIDADES TEMPORÁRIAS DE EXCEPCIONAL INTERESSE PÚBLICO DO MUNICÍPIO DE URUGUAIANA, VINCULADAS À SECRETARIA MUNICIPAL DE DESENVOLVIMENTO SOCIAL E HABITAÇÃO.</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1027/1027_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1027/1027_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O TERMO DE CONFISSÃO DE DÍVIDA E RENEGOCIAÇÃO DE DÉBITOS EM MORATÓRIA, A SER CELEBRADO ENTRE O MUNICÍPIO DE URUGUAIANA E A RGE SUL DISTRIBUIDORA DE ENERGIA S.A., NAS CONDIÇÕES QUE MENCIONA.</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Elton da Rocha, Delgado</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/5/5_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/5/5_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTITUI QUOTA BÁSICA MENSAL DE CUSTEIO PELO USO DE TELEFONE CELULAR E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/102/102_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/102/102_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO §2º DO ART. 1º DO REGIMENTO INTERNO - RESOLUÇÃO Nº 33 DE 15.12.1995.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/130/130_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/130/130_texto_integral.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a Regulamentação de uso de veículos oficiais da Câmara Municipal de Uruguaiana, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/131/131_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/131/131_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A UTILIZAÇÃO DE MATERIAIS, EQUIPAMENTOS E/OU COMPONENTES NO PLENÁRIO DA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/198/198_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/198/198_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ESTRUTURAÇÃO E FUNCIONAMENTO DO CONTROLE INTERNO NO PODER LEGISLATIVO DO MUNICÍPIO DE URUGUAIANA.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/211/211_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/211/211_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTITUI O DIÁRIO OFICIAL DO PODER LEGISLATIVO DE URUGUAIANA</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/238/238_texto_integral.docx</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/238/238_texto_integral.docx</t>
   </si>
   <si>
     <t>Cria a Escola do Legislativo da Câmara Municipal de Uruguaiana - CMU -, Determina seus objetivos, sua estrutura organizacional e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/313/313_texto_integral.docx</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/313/313_texto_integral.docx</t>
   </si>
   <si>
     <t>CRIA O REGULAMENTO PARA A UTILIZAÇÃO DE COMPENSAÇÃO DE TRABALHO REALIZADO ALÉM DA CARGA HORÁRIA DIÁRIA, PELOS SERVIDORES PÚBLICOS DO PODER LEGISLATIVO DE URUGUAIANA.</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/984/984_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/984/984_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A CÂMARA MUNICIPAL DE VEREADORES A ASSOCIAR-SE E A CONTRIBUIR, ANUALMENTE, PARA A ASSOCIAÇÃO BRASILEIRA DE ESCOLAS DO LEGISLATIVO E DE CONTAS &amp;#8211; ABEL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>VERB</t>
   </si>
   <si>
     <t>Proposição Verbal apresentada em Plenário</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/241/241_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/241/241_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUER USO DA TRIBUNA LIVRE PELO SECRETARIO DE ESPORTES DR. PAULO KLEINUBING</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/274/274_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/274/274_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUER QUE ESTA CASA ENVIE MOÇÃO DE APOIO A CONSELHEIRA DA AGERGS, SRª ELEONORA DA SILVA MARTINS.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/364/364_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/364/364_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE REPÚDIO COM PEDIDO DE PROVIDÊNCIAS AO PODER EXECUTIVO.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/400/400_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/400/400_texto_integral.doc</t>
   </si>
   <si>
     <t>ESTUDO TÉCNICO DE VIABILIDADE DE QUEBRA MOLA OU REDUTOR DE VELOCIDADE NA RUA IRIS VALLS COM SANTANA</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/467/467_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/467/467_texto_integral.odt</t>
   </si>
   <si>
     <t>SOLICITA AUTORIZAÇÃO PARA SAIR DO PAÍS</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/513/513_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/513/513_texto_integral.odt</t>
   </si>
   <si>
     <t>PROPOSIÇÃO VERBAL AO PODER EXECUTIVO SOLICITANDO A REALIZAÇÃO DE FEIRAS DE CIÊNCIAS, EM TODAS AS EMEFS DO MUNICÍPIO COM A DEFINIÇÃO DE CALENDÁRIO PRÓPRIO</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/634/634_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/634/634_texto_integral.odt</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE AS DATAS QUE FORAM REALIZADAS A LIMPEZA E MANUTENÇÃO DAS CAIXAS D'AGUA DAS EMEIS E EMEFS, E DESINSETIZAÇÃO DOS AMBIENTES</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/647/647_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/647/647_texto_integral.doc</t>
   </si>
   <si>
     <t>PEDIDO DE REVITALIZAÇÃO DO CALÇADÃO DE URUGUAIANA</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/681/681_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/681/681_texto_integral.doc</t>
   </si>
   <si>
     <t>SUGERE CRIAÇÃO DE AUTORIZAÇÃO ADMINISTRATIVA PARA A VENDA DE TICKETS DE ESTACIONAMENTO NO CENTRO DA CIDADE NO FORMATO QUE MENCIONA.</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/831/831_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/831/831_texto_integral.doc</t>
   </si>
   <si>
     <t>CONVITE AO DELEGADO RECEITA FEDERAL CLAUDIO MONTANO, INFORMAÇÕES SOBRE A REESTRUTURAÇÃO DA RECEITA FEDERAL, EM URUGUAIANA.</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/893/893_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/893/893_texto_integral.doc</t>
   </si>
   <si>
     <t>PARA QUE SEJAM TOMADAS AS MEDIDAS NECESSÁRIAS PARA O CADASTRAMENTO DO MUNICÍPIO NO PROGRAMA CARTÃO REFORMA</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/910/910_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/910/910_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUER O ENVIO DE MOÇÃO DE PESAR AOS FAMILIARES DO SR. PAULO OLIVEIRA</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/926/926_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/926/926_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUER REALIZAÇÃO DE AUDIÊNCIA PÚBLICA DA COMISSÃO ESPECIAL DE REVISÃO LEGAL, DA ASSEMBLEIA LEGISLATIVA, EM DEZEMBRO</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/954/954_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/954/954_texto_integral.doc</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE LUMINÁRIA, BANCOS DE CONCRETO, LIMPEZA E PAISAGISMO DO PASSEIO ENTRE O CLUBE NAVAL E A SANTINHA.</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/955/955_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/955/955_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE AS EMPRESAS QUE OCUPAM O BERÇÁRIO INDUSTRIAL E SOLICITA AS REGRAS SOBRE A UTILIZAÇÃO DO ESPAÇO.</t>
   </si>
   <si>
     <t>963</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/963/963_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/963/963_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA NOTIFICAÇÃO DO PROPRIETÁRIO DO IMÓVEL DA ANTIGA FÁBRICA DE AZEITE PARA QUE PROCEDA A LIMPEZA DO LOCAL.</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/995/995_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/995/995_texto_integral.odt</t>
   </si>
   <si>
     <t>REQUER SESSÃO EXTRAORDINÁRIA NO DIA 12/12/2017 ÀS 19H A FIM DE TRATAR DO PROJETOS DE LEIS NÚMERO 139 E 140 DE 2017.</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/996/996_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/996/996_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUER, COM A MÁXIMA URGÊNCIA, INFORMAÇÕES SOBRE AS VENDAS DE MADEIRAS DO HORTO FLORESTAL.</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
     <t>REQUERIMENTO DE AUSÊNCIA DO ESTADO E DO PÁIS.</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/46/46_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/46/46_texto_integral.doc</t>
   </si>
   <si>
     <t>OFÍCIO REQUERENDO O RECONHECIMENTO DE ESTADO DE EMERGÊNCIA FINANCEIRA NO ÂMBITO DO MUNICÍPIO DE URUGUAIANA.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/47/47_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/47/47_texto_integral.doc</t>
   </si>
   <si>
     <t>OFÍCIO REQUERENDO AUTORIZAÇÃO PARA QUE O PREFEITO MUNICIPAL SE AUSENTE DO MUNICÍPIO.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/76/76_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/76/76_texto_integral.odt</t>
   </si>
   <si>
     <t>REQUER QUE SEJA REALIZADA AUDIÊNCIA PÚBLICA REFERENTE À SITUAÇÃO DA PRESTAÇÃO DE SERVIÇOS DE TÁXIS E LOTAÇÃO PARA TRANSPORTE DE PASSAGEIROS NO MUNICÍPIO DE URUGUAIANA.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/79/79_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/79/79_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE REAL INTERESSE DA ENTIDADE FRATERNIDADE ESPÍRITA ROCHESTER EM PERMANECER NO LOCAL QUE LHE FOI CONCEDIDO.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/83/83_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/83/83_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUER REALIZAÇÃO DE AUDIÊNCIA PÚBLICA REFERENTE AOS SERVIÇOS DA BASE AÉREA POLICIAL.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/87/87_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/87/87_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITAMOS A REAL INFORMAÇÃO DO LOCAL DA INVASÃO NO ENDEREÇO RUA RAMÃO PRUNES DE OLIVEIRA S/N, CIDADE NOVA, URUGUAIANA-RS AO LADO DO Nº 2649</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/93/93_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/93/93_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES DE CONTRATO EMERGENCIAL DO TRANSPORTE COLETIVO URBANO.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/95/95_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/95/95_texto_integral.odt</t>
   </si>
   <si>
     <t>REQUER QUE O PODER EXECUTIVO ADOTE MEDIDAS PARA QUE OS ESTABELECIMENTOS BANCÁRIOS CUMPRAM A LEI N 4.696 QUE DISPÕE SOBRE CONTRATAÇÃO DE VIGILÂNCIA ARMADA.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/105/105_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/105/105_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUERIMENTO, INFORMAÇÕES NOMES DE MEMBROS E ENTIDADES QUE CONSTITUEM A AGENCIA REGULADORAS DO SERVIÇO DE ABASTECIMENTO DE AGUA.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/109/109_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/109/109_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER O USO DA TRIBUNA LIVRE PARA A ENTIDADE ATAPUR REPRESENTADA PELA SRA TANIA MARIZA HERRERA </t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/116/116_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/116/116_texto_integral.odt</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE INFORMAÇÕES À EMPRESA RGE SUL</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/126/126_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/126/126_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUISIÇÃO DE PARTICIPAÇÃO DA COMISSÃO DE SERVIÇOS MUNICIPAIS NA INDICAÇÃO DE AÇÃO CIVIL PÚBLICA.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/127/127_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/127/127_texto_integral.odt</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES E PROVIDÊNCIAS DO SETOR COMPETENTE, PELA FALTA DE GÁS NA EMEI ELVIRA CERATII.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/134/134_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/134/134_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE AS REAIS CONDIÇÕES DOS ÔNIBUS QUE ASSISTEM A LOCALIDADE DO PLANO ALTO</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/135/135_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/135/135_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER A DISPONIBILIZAÇÃO DE UM TRANSPORTE DE PACIENTE PORTADOR DE LÚPUS PARA TRATAMENTOS FORA DOMICILIO. </t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/136/136_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/136/136_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÃO SOBRE AS PROVIDENCIAS TOMADAS PARA CUMPRIMENTO DA LEI 04623/2016</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/142/142_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/142/142_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE O CARNAVAL 2017</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/143/143_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/143/143_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">ESCLARECIMENTO DO MOTIVO DA COBRANÇA DA TAXA DE LIXO NO PERÍODO DE FEVEREIRO A AGOSTO DE 2015 DO CONJUNTO HABITACIONAL SALVADOR FARACO.  </t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/145/145_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/145/145_texto_integral.odt</t>
   </si>
   <si>
     <t>REQUER AO DNIT LOCAL CÓPIA DO CONTRATO DO REFERIDO ÓRGÃO COM A PRESTADORA DE SERVIÇOS QUE RECUPERA A PAVIMENTAÇÃO NA BR 472 ENTRE ITAQUI E BARRA DO QUARAI</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/147/147_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/147/147_texto_integral.odt</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÃO E PROVIDÊNCIA QUANTO A MUDANÇA DE HORÁRIO DO TRANSPORTE COLETIVO.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/149/149_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/149/149_texto_integral.doc</t>
   </si>
   <si>
     <t>ESCLARECIMENTO DAS REAIS INFORMAÇÕES SOBRE O ASSENTAMENTO ANITA GARIBALDI</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/150/150_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/150/150_texto_integral.doc</t>
   </si>
   <si>
     <t>GRADE DE HORÁRIOS DE TODAS AS LINHAS E NÚMERO DE CARROS POR LINHA DO TRANSPORTE COLETIVO.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/152/152_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/152/152_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INFORMAÇÕES DO CONTRATO DE SERVIÇOS DE INTERNET PRESTADOS PARA A PREFEITURA MUNICIPAL. </t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/154/154_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/154/154_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE VISTORIA DE FISCALIZAÇÃO, NO TERMINAL DE ÔNIBUS E NA SEDE DA NOVA EMPRESA CONTRATADA PELA MUNICIPALIDADE.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/164/164_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/164/164_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUER A IMEDIATA RESTITUIÇÃO DO VEÍCULO UTILIZADO PARA ATENDIMENTO DE SAÚDE AOS MORADORES DO PLANO ALTO.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/202/202_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/202/202_texto_integral.doc</t>
   </si>
   <si>
     <t>INFORMAÇÃO DA APLICAÇÃO DOS VALORES RECEBIDOS DA TAXA DE ILUMINAÇÃO PÚBLICA.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/203/203_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/203/203_texto_integral.doc</t>
   </si>
   <si>
     <t>INFORMAÇÕES SOBRE A EMPRESA DO TRANSPORTE ESCOLAR DO INTERIOR DO MUNICÍPIO</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/235/235_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/235/235_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO QUAIS AS PROVIDÊNCIAS QUE ESTÃO SENDO TOMADAS PARA A PAVIMENTAÇÃO DAS RUAS CB LUIZ QUEVEDO E ADIR MÁSCIA UMA VEZ QUE A BASE COM PEDRAS, CALÇADAS E MEIO FIO JÁ ESTÃO PRONTAS E OS VALORES DO EMPRÉSTIMO JÁ FORAM RECEBIDOS.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/236/236_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/236/236_texto_integral.odt</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO ENVIE COPIA DO EDITAL  DO PROCESSO LICITATÓRIO DE CONCESSÃO EXPLORAÇÃO DE ÁGUA E ESGOTO CLOACAL NO MUNICÍPIO </t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/242/242_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/242/242_texto_integral.odt</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÃO QUANTO A SITUAÇÃO DAS FAMÍLIAS QUE INVADIRAM O TERRENO DA SADIA.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/252/252_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/252/252_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUER USO TRIBUNA LIVRE AO PROJETO LÍDER FRONTEIRA OESTE</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/286/286_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/286/286_texto_integral.odt</t>
   </si>
   <si>
     <t>REQUER QUE INFORME OS NOMES QUE COMPUSERAM A COMISSÃO DE CARNAVAL E SEUS RESPECTIVOS SALÁRIOS.</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/302/302_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/302/302_texto_integral.odt</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES REFERENTES AOS AGENTES COMUNITÁRIOS DE SAÚDE</t>
   </si>
   <si>
     <t>Comissão Especial - Resolução 05/2017</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/304/304_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/304/304_texto_integral.doc</t>
   </si>
   <si>
     <t>PRORROGAÇÃO DO PRAZO PREVISTO NA RESOLUÇÃO 05/2017</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/308/308_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/308/308_texto_integral.doc</t>
   </si>
   <si>
     <t>REALIZAÇÃO DE AUDIÊNCIA PÚBLICA PARA APRESENTAÇÃO DO PROGRAMA DO GOVERNO DO ESTADO, CHAMADO JUNTA DIGITAL</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/318/318_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/318/318_texto_integral.odt</t>
   </si>
   <si>
     <t>REQUER QUE CONVIDE A SENHORA IOLANDA UHHMANN PROPRIETÁRIA DO CENTRO DE REMOÇÃO E DEPOSITO GUINCHO FRONTEIRA, JUNTAMENTE COM O SR MARCELO CRESTANI, DIRETOR PROPRIETÁRIO DO CENTRO DE REGISTRO DE VEÍCULOS AUTOMOTORES,VENHAM_x000D_
 A ESTA COMISSÃO PARA ESCLARECIMENTOS &amp;#180;`A COMISSÃO DE SERVIÇOS MUNICIPAIS,SAÚDE,EDUCAÇÃO,SEGURANÇA PUBLICA</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/322/322_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/322/322_texto_integral.odt</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES QUANTO A AQUISIÇÃO DE UNIFORMES ESCOLARES PARA OS ALUNOS DAS ESCOLAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/334/334_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/334/334_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITO A CÓPIA DO LIVRO TOMBO DOS IMÓVEIS TOMBADOS PELO MUNICÍPIO. </t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/338/338_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/338/338_texto_integral.pdf</t>
   </si>
   <si>
     <t>RONNIE MELLO, PREFEITO MUNICIPAL, REQUER A AUTORIZAÇÃO PARA LICENCIAR-SE DO CARGO POR ATÉ 15 (QUINZE) DIAS, A CONTAR DE 22.05.2017.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/360/360_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/360/360_texto_integral.odt</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES QUANTO AO CONTRATO CELEBRADO ENTRE PREFEITURA MUNICIPAL E O PRONTO ATENDIMENTO DA SANTA CASA DE CARIDADE</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/393/393_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/393/393_texto_integral.odt</t>
   </si>
   <si>
     <t>REQUERIMENTO SOBRE O POSTO DO IGP.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/394/394_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/394/394_texto_integral.odt</t>
   </si>
   <si>
     <t xml:space="preserve">ADESÃO AO PROGRAMA </t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/396/396_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/396/396_texto_integral.odt</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE INCLUSÃO DO NOME PARA COMPOR REPRESENTAÇÃO DA CASA NA ULFRO</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/402/402_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/402/402_texto_integral.odt</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE O CONJUNTO HABITACIONAL JOÃO PAULO II E SALVADOR FARACO.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/423/423_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/423/423_texto_integral.odt</t>
   </si>
   <si>
     <t>QUE A CÂMARA DE VEREADORES ENCAMINHE OFÍCIO AO SENHOR MARCOS PEREIRA, MINISTRO DA INDÚSTRIA, COMÉRCIO EXTERIOR E SERVIÇOS, PARA QUE ESCLAREÇA O PORQUÊ DA DEMORA DA ENTREGA  DA LICENÇA DE PESCADOR PROFISSIONAL.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/425/425_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/425/425_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUER A RETIRADA DO PROJETO DE LEI 049/2017, CONFORME SOLICITADO VERBALMENTE NA REUNIÃO DO DIA 23.05.2017</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/428/428_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/428/428_texto_integral.odt</t>
   </si>
   <si>
     <t>ENCAMINHAMENTO DE SOLICITAÇÃO E PEDIDO DE PROVIDÊNCIAS GOVERNO DO ESTADO</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/439/439_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/439/439_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">REQUERIMENTO DE INFORMAÇÃO - CUMPRIMENTO E FISCALIZAÇÃO DA LEI Nº 4395/2014.  </t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/444/444_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/444/444_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUERIMENTO DE RETIRADA DO PL 053/2017</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/468/468_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/468/468_texto_integral.odt</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES DE COMO SERÃO OS ATENDIMENTOS AOS ALUNOS DA REDE MUNICIPAL DE ENSINO, DURANTE AS FÉRIAS DO MEIO DO ANO.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/469/469_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/469/469_texto_integral.odt</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE O PROGRAMA SOUPA</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/470/470_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/470/470_texto_integral.odt</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A AQUISIÇÃO DE PASSAGENS PARA OS PACIENTES DO TFD</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/497/497_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/497/497_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUERIMENTO DE INFORMAÇÃO - RELAÇÃO DE ENTIDADES RECONHECIDAS COMO DE UTILIDADE PÚBLICA</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/505/505_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/505/505_texto_integral.odt</t>
   </si>
   <si>
     <t>SOLICITANDO A RELAÇÃO DOS NOMES DOS CONDUTORES DE VEÍCULOS DA EMPRESA RESPONSÁVEL PELO SERVIÇO PUBLICO DE TRANSPORTE COLETIVO URBANO EM URUGUAIANA,BEM COMO A INFORMAÇÃO DE FORMA INDIVIDUAL, SE ESTES POSSUEM O CURSO PARA CONDUZIR VEÍCULOS DE TRANSPORTE COLETIVO.(ÔNIBUS).</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/532/532_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/532/532_texto_integral.odt</t>
   </si>
   <si>
     <t>REQUER A REALIZAÇÃO DE AUDIÊNCIA PÚBLICA PARA TRATAR SOBRE A VIOLÊNCIA CONTRA A MULHER EM DATA A SER APRAZADA.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/550/550_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/550/550_texto_integral.odt</t>
   </si>
   <si>
     <t>ABORDAGEM DE PESCADORES QUE ESTEJAM PORTANDO SOMENTE O PROTOCOLO DA LICENÇA DE PESCADOR PROFISSIONAL.</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/557/557_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/557/557_texto_integral.odt</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES DO EXECUTIVO REFERENTE A LEI 4.752/2016.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/558/558_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/558/558_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUERIMENTO - ESTUDO DE VIABILIDADE PARA CRIAÇÃO DE TERMINAL DE TRANSBORDO DE PASSAGEIROS, BAIRRO UNIÃO DAS VILAS.</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/577/577_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/577/577_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA LAVAGEM SEMANAL DA ÁREA CENTRAL DA PRAÇA BARÃO DO RIO BRANCO, PREFERENCIALMENTE ÀS SEXTAS FEIRAS</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/578/578_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/578/578_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA DESOBSTRUÇÃO OU SUBSTITUIÇÃO DE BUEIROS NA ESQUINA DAS RUAS SALGADO FILHO E ALBERTINO PIRES</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/582/582_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/582/582_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUERIMENTO PARA ENVIO DE CORRESPONDÊNCIA ÀS ENTIDADES CONSTANTES NA LISTA DE UTILIDADE PÚBLICA.</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/584/584_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/584/584_texto_integral.doc</t>
   </si>
   <si>
     <t>REGULAMENTAÇÃO DO CONSELHO DIRETOR DO FUNDESTRADAS</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/589/589_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/589/589_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA PLANO DE AULA DE PROFESSORA E PPP DE ESCOLA DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/624/624_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/624/624_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A APLICABILIDADE DA LEI Nº 4.765 DE 27 DE ABRIL DE 2017</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
     <t>CSM - Serviços Municipais, Saúde, Educação, Segurança Pública, Desenvolvimento Econômico e Mercosul</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/639/639_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/639/639_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES DIVERSAS REFERENTE A PAGAMENTOS, NEGOCIAÇÕES, DESPESAS E OUTRAS, CONSIDERANDO A EXPEDIÇÃO DOS DECRETOS DE EMERGÊNCIA FINANCEIRA EXARADOS PELO PODER EXECUTIVO.</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/688/688_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/688/688_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUERIMENTO SOBRE INFORMAÇÃO DE PUBLICIDADE E PROPAGANDA</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
     <t>Delgado, Clemente, Elton da Rocha, Eric Lins, Fernando Tarragó, Josefina Soares, Mano Gás, Suzana Alves, Vilson Jose Brites, Zulma</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/735/735_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/735/735_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">ESTUDO DE IMPACTO FINANCEIRO DO SERVIÇO DE LIMPEZA URBANA. </t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/736/736_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/736/736_texto_integral.doc</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES SOBRE QUAIS OS PROCEDIMENTOS ADOTADOS PELA SEGTRAM QUANTO AO FORNECIMENTO DE CARTEIRAS DE  IDENTIFICAÇÃO PARA PESSOAS IDOSAS E PESSOAS COM DEFICIÊNCIAS</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/755/755_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/755/755_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE OS SERVIÇOS DE ÁGUA E ESGOTO.</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/756/756_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/756/756_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUERIMENTO DE INFORMAÇÕES SOBRE USINA DE ASFALTO</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/780/780_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/780/780_texto_integral.doc</t>
   </si>
   <si>
     <t>COMPARECIMENTO DO DIRETOR DA BRK AMBIENTAL EM REUNIÃO COM TODOS OS VEREADORES, PARA ESCLARECIMENTOS.</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/784/784_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/784/784_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUERIMENTO ENVIO DE CONVITES PARA REUNIÃO DA COMISSÃO DE SERVIÇOS MUNICIPAIS PARA TRATAR SOBRE O TRANSPORTE URBANO COLETIVO.</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/786/786_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/786/786_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUER A MANIFESTAÇÃO OFICIAL DO EXECUTIVO SOBRE A INSTALAÇÃO DA DELEGACIA REGIONAL DA POLICIA CIVIL EM URUGUAIANA.</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/787/787_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/787/787_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUER QUE O EXECUTIVO REALIZE VISTORIA E NOTIFIQUE OS PROPRIETÁRIOS DOS IMÓVEIS NOS ENDEREÇOS QUE MENCIONA.</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
     <t>Comissão Especial - Resolução 08/2017</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/810/810_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/810/810_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUER SEJA CONSTITUÍDA A COMISSÃO COMPOSTA PELOS LÍDERES DE BANCADAS NESTA CASA, PARA A REALIZAÇÃO DA REVISÃO GERAL DA LEI ORGÂNICA DO MUNICÍPIO DE URUGUAIANA CONFORME PREVÊ O ART. 129 DO REGIMENTO INTERNO DO PODER LEGISLATIVO.</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/813/813_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/813/813_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES À RGE SUL SOBRE PODA DE ÁRVORES</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/877/877_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/877/877_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUER UM RELATÓRIO E CÓPIAS DE  NOTAS FISCAIS DE SAÍDA  DAS VENDAS DA MADEIRA DO HORTO FLORESTAL DE URUGUAIANA DESDE O INÍCIO DO CONTRATO DE DAÇÃO EM PAGAMENTO.</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/887/887_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/887/887_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUERIMENTO DE PROVIDÊNCIAS AO DNIT - MELHORA DE SINALIZAÇÃO NOS PRINCIPAIS TREVOS DE ACESSO DA CIDADE.</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
     <t>Clemente, Zulma</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/920/920_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/920/920_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUERER UM ESTUDO DE VIABILIDADE PARA DESCENTRALIZAÇÃO DO POLICIAMENTO OSTENSIVO PARA ATENDER OS MUNÍCIPES.</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/924/924_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/924/924_texto_integral.doc</t>
   </si>
   <si>
     <t>VIABILIZAR CURSO DE FORMAÇÃO DE SOLDADOS POLICIAIS MILITARES NAS UNIDADES DA BRIGADA MILITAR EM URUGUAIANA</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/927/927_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/927/927_texto_integral.doc</t>
   </si>
   <si>
     <t>VIABILIZAR A IDA DE UMA VIATURA DA ROMU, COM 02 EFETIVOS, AO INTERIOR DO MUNICÍPIO, 3 VEZES POR SEMANA.</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/941/941_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/941/941_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA QUE O GOVERNO DO ESTADO ENVIE O BATALHÃO TURÍSTICO PARA URUGUAIANA, NA OPERAÇÃO VERÃO.</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/978/978_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/978/978_texto_integral.odt</t>
   </si>
   <si>
     <t>REQUERIMENTO RGE SUL</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/979/979_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/979/979_texto_integral.odt</t>
   </si>
   <si>
     <t>REQUERIMENTO BRK</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/1010/req-85.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/1010/req-85.pdf</t>
   </si>
   <si>
     <t>REQUER AO PODER EXECUTIVO A READEQUAÇÃO DE VALORES COBRADOS A TÍTULO DE TAXA DE LIXO PREVISTOS NA LC 04/2014.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>TBLV</t>
   </si>
   <si>
     <t>Requerimento de Tribuna Livre</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/335/335_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/335/335_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOVIMENTO SINDICAL DE URUGUAIANA REQUER ESPAÇO DA TRIBUNA LIVRE PARA QUE O SR. OLÍBIO FREITAS POSSA MANIFESTAR-SE DE FORMA CONTRÁRIA AS REFORMAS TRABALHISTAS E PREVIDENCIÁRIAS.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
     <t>CONSELHO MUNICIPAL DOS DIREITOS DAS PESSOAS COM DEFICIÊNCIA SOLICITA USO DA TRIBUNA LIVRE PARA EXPLANAR SOBRE A REALIDADE DAS PESSOAS COM DEFICIÊNCIA EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/488/488_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/488/488_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">REQUERIMENTO TRIBUNA LIVRE - REAJUSTE DA TARIFA DE ABASTECIMENTO DE ÁGUA </t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/514/514_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/514/514_texto_integral.doc</t>
   </si>
   <si>
     <t>TRIBUNA LIVRE - GENERAL JOSÉ ALBERTO LEAL - CVV</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/515/515_texto_integral.odt</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/515/515_texto_integral.odt</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER O ESPAÇO DA TRIBUNA LIVRE, PARA A JUÍZA CRISTIANE ACOSTA PEREIRA AFIM DE FALAR SOBRE A LEI MARIA DA PENHA. </t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/527/527_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/527/527_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROT. 728/2017 - CONSELHO MUNICIPAL DE EDUCAÇÃO SOLICITA OCUPAR O ESPAÇO DA TRIBUNA LIVRE, REPRESENTADO POR SUA PRESIDENTE, PROFESSORA DIRCE GRACIOSO SOARES, A FIM DE APRESENTAR DOCUMENTO SUBSÍDIO AO PLO 01/2017 - ESCOLA SEM PARTIDO.</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/538/538_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/538/538_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUERER TRIBUNA LIVRE PARA O GERENTE DA BRK AMBIENTAL.</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/766/766_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/766/766_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUERIMENTO DE TRIBUNA LIVRE PARA O SR FABRÍCIO CARDOSO DE LIMA, SUPERINTENDENTE DO AEROPORTO DE URUGUAIANA/RS.</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
     <t>REQUER TRIBUNA LIVRE, PARA ATAPUR - REFERENTE A REFORMA PREVIDENCIÁRIA.</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/925/925_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/925/925_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUER ESPAÇO DA TRIBUNA LIVRE PARA O INSTITUTO FEDERAL FARROUPILHA</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/972/972_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/972/972_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUER TRIBUNA LIVRE PARA O CONSELHO MUNICIPAL DO DESENVOLVIMENTO ECONÔMICO</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/992/992_texto_integral.pdf</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/992/992_texto_integral.pdf</t>
   </si>
   <si>
     <t>ASSOCIAÇÃO DE DEFESA DOS DIREITOS DO MICROEMPRESÁRIO E MICROEMPREENDEDOR INDIVIDUAL - ADDMMEI SOLICITA ESPAÇO NA TRIBUNA LIVRE A FIM DE TRATAR SOBRE O PLC 10/2017. INFORMA QUE SERÁ ORADOR O SR. ANTÔNIO HEMANN</t>
   </si>
   <si>
     <t>VETPA</t>
   </si>
   <si>
     <t>Veto Parcial</t>
   </si>
   <si>
-    <t>https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/312/312_texto_integral.doc</t>
+    <t>http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/312/312_texto_integral.doc</t>
   </si>
   <si>
     <t>VETO PARCIAL AO AUTÓGRAFO 016/2017, ENCAMINHADO PELO OFÍCIO N.º 006/2017</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -9738,67 +9738,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/579/579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/464/464_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/466/466_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/471/471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/477/477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/478/478_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/481/convite_101_2017.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/485/485_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/495/495_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/507/507_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/508/508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/525/525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/526/526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/528/528_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/546/546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/555/555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/556/556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/559/559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/564/564_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/565/565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/575/575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/576/576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/588/convite_118_2017.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/598/598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/599/599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/600/600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/601/convite_122_2017.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/610/610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/611/611_texto_integral.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/612/convite_125_2017.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/615/615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/617/617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/618/618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/638/convite_129_2017.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/641/641_texto_integral.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/642/642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/644/644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/645/645_texto_integral.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/649/convite_134_2017.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/657/657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/658/658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/659/convite_137_2017.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/660/660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/672/convite_139_2017.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/673/convite_140_2017.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/674/674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/676/676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/678/convite_143_2017.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/682/convite_144_2017.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/685/685_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/693/convite_146_2017.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/722/722_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/723/convite_148_2017.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/724/724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/726/726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/727/convite_151_2017.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/733/733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/734/734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/739/convite_154_2017.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/740/convite_155_2017.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/741/741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/742/convite_157_2017.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/743/convite_158_2017.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/747/747_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/748/convite_160_2017.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/749/convite_161_2017.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/750/convite_162_2017.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/764/convite_163_2017.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/765/convite_164_2017.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/772/convite_165_2017.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/773/773_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/775/775_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/776/776_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/777/convite_169_2017.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/781/781_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/794/794_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/799/799_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/800/800_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/801/801_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/803/803_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/812/812_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/824/convite_177_2017.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/825/825_texto_integral.docx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/826/826_texto_integral.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/827/convite_180_2017.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/828/828_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/830/convite_182_2017.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/835/835_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/843/843_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/855/convite_185_2017.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/862/862_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/863/convite_187_2017.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/864/convite_188_2017.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/865/convite_189_2017.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/866/convite_190_2017.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/867/convite_191_2017.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/868/convite_192_2017.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/869/869_texto_integral.docx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/870/convite_194_2017.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/872/convite_195_2017.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/874/convite_196_2017.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/875/875_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/890/890_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/891/891_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/892/convite_200_2017.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/894/convite_201_2017.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/900/convite_202_2017.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/903/convite_203_2017.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/907/907_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/908/908_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/914/914_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/916/convite_207_2017.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/919/919_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/928/928_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/929/929_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/935/convite_211_2017.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/943/convite_212_2017.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/948/convite_213_2017.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/953/convite_214_2017.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/960/convite_215_2017.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/962/convite_216_2017.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/964/964_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/968/968_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/969/969_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/974/convite_220_2017.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/975/convite_221_2017.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/985/convite_222_2017.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/986/convite_223_2017.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/987/convite_224_2017.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/988/convite_225_2017.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/989/convite_226_2017.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/990/convite_227_2017.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/991/convite_228_2017.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/999/999_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/1000/convite_230_2017.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/1002/convite_231_2017.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1009/1009_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/53/53_texto_integral.doc" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/54/54_texto_integral.doc" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/55/55_texto_integral.doc" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/56/56_texto_integral.doc" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/155/155_texto_integral.doc" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/277/277_texto_integral.odt" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/278/278_texto_integral.odt" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/390/390_texto_integral.doc" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/517/517_texto_integral.doc" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/518/518_texto_integral.doc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/519/519_texto_integral.doc" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/520/520_texto_integral.doc" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/521/521_texto_integral.doc" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/522/522_texto_integral.odt" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/523/523_texto_integral.odt" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/524/524_texto_integral.odt" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/591/591_texto_integral.doc" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/592/592_texto_integral.doc" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/593/593_texto_integral.doc" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/625/625_texto_integral.doc" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/626/626_texto_integral.doc" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/627/627_texto_integral.doc" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/628/628_texto_integral.doc" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/629/629_texto_integral.doc" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/695/695_texto_integral.doc" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/696/696_texto_integral.doc" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/697/697_texto_integral.doc" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/698/698_texto_integral.doc" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/699/699_texto_integral.doc" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/700/700_texto_integral.doc" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/714/714_texto_integral.doc" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/994/994_texto_integral.doc" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1016/1016_texto_integral.doc" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1017/1017_texto_integral.doc" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1018/1018_texto_integral.doc" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1019/1019_texto_integral.doc" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1020/1020_texto_integral.doc" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1021/1021_texto_integral.doc" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1022/1022_texto_integral.doc" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1023/1023_texto_integral.doc" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1024/1024_texto_integral.doc" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1025/1025_texto_integral.doc" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/7/7_texto_integral.doc" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/11/11_texto_integral.doc" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/15/15_texto_integral.doc" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/16/16_texto_integral.doc" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/17/17_texto_integral.doc" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/18/18_texto_integral.doc" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/19/19_texto_integral.doc" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/21/21_texto_integral.doc" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/22/22_texto_integral.doc" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/23/23_texto_integral.doc" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/24/24_texto_integral.doc" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/27/27_texto_integral.doc" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/34/34_texto_integral.doc" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/35/35_texto_integral.doc" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/37/37_texto_integral.doc" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/38/38_texto_integral.doc" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/49/49_texto_integral.doc" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/50/50_texto_integral.doc" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/51/51_texto_integral.doc" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/57/57_texto_integral.doc" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/58/58_texto_integral.odt" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/59/59_texto_integral.odt" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/60/60_texto_integral.odt" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/64/64_texto_integral.doc" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/65/65_texto_integral.doc" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/66/66_texto_integral.doc" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/69/69_texto_integral.doc" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/70/70_texto_integral.odt" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/71/71_texto_integral.doc" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/72/72_texto_integral.doc" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/73/73_texto_integral.doc" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/74/74_texto_integral.doc" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/77/77_texto_integral.doc" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/78/78_texto_integral.doc" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/80/80_texto_integral.doc" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/84/84_texto_integral.doc" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/85/85_texto_integral.doc" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/86/86_texto_integral.odt" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/89/89_texto_integral.doc" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/90/90_texto_integral.doc" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/91/91_texto_integral.doc" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/92/92_texto_integral.doc" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/97/97_texto_integral.doc" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/98/98_texto_integral.odt" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/106/106_texto_integral.doc" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/113/113_texto_integral.doc" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/114/114_texto_integral.doc" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/115/115_texto_integral.doc" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/118/118_texto_integral.doc" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/120/120_texto_integral.doc" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/124/124_texto_integral.doc" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/125/125_texto_integral.odt" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/128/128_texto_integral.doc" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/132/132_texto_integral.odt" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/133/133_texto_integral.odt" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/137/137_texto_integral.doc" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/138/138_texto_integral.doc" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/140/140_texto_integral.doc" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/148/148_texto_integral.odt" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/151/151_texto_integral.doc" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/153/153_texto_integral.doc" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/156/156_texto_integral.doc" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/160/160_texto_integral.odt" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/161/161_texto_integral.doc" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/162/162_texto_integral.odt" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/168/168_texto_integral.odt" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/172/172_texto_integral.doc" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/177/177_texto_integral.doc" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/179/179_texto_integral.doc" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/190/190_texto_integral.doc" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/191/191_texto_integral.doc" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/192/192_texto_integral.doc" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/193/193_texto_integral.doc" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/199/199_texto_integral.odt" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/200/200_texto_integral.odt" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/201/201_texto_integral.doc" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/204/204_texto_integral.doc" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/205/205_texto_integral.doc" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/206/206_texto_integral.doc" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/207/207_texto_integral.doc" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/208/208_texto_integral.odt" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/209/209_texto_integral.odt" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/212/212_texto_integral.odt" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/213/213_texto_integral.doc" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/218/218_texto_integral.doc" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/219/219_texto_integral.doc" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/220/220_texto_integral.doc" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/221/221_texto_integral.doc" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/222/222_texto_integral.doc" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/231/231_texto_integral.odt" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/232/232_texto_integral.odt" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/234/234_texto_integral.odt" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/244/244_texto_integral.doc" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/245/245_texto_integral.doc" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/246/246_texto_integral.doc" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/248/248_texto_integral.odt" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/249/249_texto_integral.odt" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/250/250_texto_integral.odt" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/251/251_texto_integral.doc" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/253/253_texto_integral.doc" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/254/254_texto_integral.odt" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/255/255_texto_integral.doc" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/256/256_texto_integral.odt" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/257/257_texto_integral.odt" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/258/258_texto_integral.odt" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/259/259_texto_integral.odt" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/268/268_texto_integral.odt" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/269/269_texto_integral.doc" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/270/270_texto_integral.odt" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/272/272_texto_integral.odt" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/273/273_texto_integral.odt" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/275/275_texto_integral.odt" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/276/276_texto_integral.doc" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/280/280_texto_integral.odt" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/285/285_texto_integral.odt" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/287/287_texto_integral.odt" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/288/288_texto_integral.doc" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/289/289_texto_integral.doc" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/290/290_texto_integral.doc" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/291/291_texto_integral.doc" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/292/292_texto_integral.doc" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/296/296_texto_integral.odt" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/297/297_texto_integral.odt" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/298/298_texto_integral.odt" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/300/300_texto_integral.odt" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/301/301_texto_integral.odt" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/303/303_texto_integral.odt" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/305/305_texto_integral.odt" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/306/306_texto_integral.odt" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/307/307_texto_integral.odt" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/315/315_texto_integral.odt" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/316/316_texto_integral.odt" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/317/317_texto_integral.odt" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/319/319_texto_integral.odt" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/321/321_texto_integral.doc" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/323/323_texto_integral.odt" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/324/324_texto_integral.doc" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/328/328_texto_integral.odt" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/329/329_texto_integral.doc" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/330/330_texto_integral.doc" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/346/346_texto_integral.odt" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/347/347_texto_integral.doc" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/349/349_texto_integral.doc" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/356/356_texto_integral.odt" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/357/357_texto_integral.doc" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/358/358_texto_integral.doc" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/361/361_texto_integral.odt" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/362/362_texto_integral.odt" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/363/363_texto_integral.odt" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/368/368_texto_integral.doc" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/369/369_texto_integral.doc" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/372/372_texto_integral.doc" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/373/373_texto_integral.doc" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/374/374_texto_integral.doc" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/375/375_texto_integral.doc" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/376/376_texto_integral.doc" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/377/377_texto_integral.odt" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/378/378_texto_integral.doc" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/379/379_texto_integral.doc" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/384/384_texto_integral.odt" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/385/385_texto_integral.odt" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/386/386_texto_integral.odt" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/388/388_texto_integral.odt" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/392/392_texto_integral.doc" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/397/397_texto_integral.doc" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/398/398_texto_integral.doc" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/399/399_texto_integral.odt" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/401/401_texto_integral.odt" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/406/406_texto_integral.odt" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/411/411_texto_integral.doc" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/412/412_texto_integral.odt" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/416/416_texto_integral.doc" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/419/419_texto_integral.doc" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/420/420_texto_integral.odt" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/421/421_texto_integral.odt" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/429/429_texto_integral.doc" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/430/430_texto_integral.doc" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/431/431_texto_integral.doc" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/432/432_texto_integral.doc" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/435/435_texto_integral.odt" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/438/438_texto_integral.odt" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/440/440_texto_integral.doc" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/442/442_texto_integral.odt" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/446/446_texto_integral.odt" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/449/449_texto_integral.odt" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/451/451_texto_integral.odt" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/453/453_texto_integral.odt" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/454/454_texto_integral.odt" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/461/461_texto_integral.odt" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/465/465_texto_integral.doc" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/473/473_texto_integral.odt" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/474/474_texto_integral.odt" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/475/475_texto_integral.odt" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/479/479_texto_integral.odt" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/486/486_texto_integral.doc" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/489/489_texto_integral.odt" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/491/491_texto_integral.odt" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/492/492_texto_integral.odt" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/496/496_texto_integral.odt" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/499/499_texto_integral.odt" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/501/501_texto_integral.doc" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/502/502_texto_integral.doc" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/506/506_texto_integral.odt" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/511/511_texto_integral.odt" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/512/512_texto_integral.odt" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/516/516_texto_integral.odt" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/529/529_texto_integral.odt" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/534/534_texto_integral.doc" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/536/536_texto_integral.doc" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/537/537_texto_integral.doc" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/560/560_texto_integral.odt" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/561/561_texto_integral.odt" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/562/562_texto_integral.odt" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/563/563_texto_integral.odt" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/567/567_texto_integral.odt" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/569/569_texto_integral.odt" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/570/570_texto_integral.odt" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/571/571_texto_integral.odt" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/572/572_texto_integral.odt" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/580/580_texto_integral.doc" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/581/581_texto_integral.doc" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/583/583_texto_integral.odt" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/585/585_texto_integral.odt" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/586/586_texto_integral.odt" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/590/590_texto_integral.doc" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/594/594_texto_integral.doc" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/597/597_texto_integral.doc" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/603/603_texto_integral.doc" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/604/604_texto_integral.odt" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/605/605_texto_integral.doc" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/607/607_texto_integral.odt" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/608/608_texto_integral.doc" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/609/609_texto_integral.odt" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/622/622_texto_integral.doc" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/631/631_texto_integral.doc" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/632/632_texto_integral.doc" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/633/633_texto_integral.doc" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/636/636_texto_integral.doc" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/643/643_texto_integral.doc" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/648/648_texto_integral.doc" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/653/653_texto_integral.doc" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/654/654_texto_integral.doc" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/655/655_texto_integral.doc" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/661/661_texto_integral.odt" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/662/662_texto_integral.doc" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/663/663_texto_integral.doc" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/664/664_texto_integral.doc" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/665/665_texto_integral.doc" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/666/666_texto_integral.doc" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/667/667_texto_integral.doc" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/668/668_texto_integral.doc" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/669/669_texto_integral.doc" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/715/715_texto_integral.doc" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/717/717_texto_integral.doc" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/718/718_texto_integral.doc" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/719/719_texto_integral.doc" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/720/720_texto_integral.doc" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/728/728_texto_integral.doc" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/729/729_texto_integral.doc" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/731/731_texto_integral.doc" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/744/744_texto_integral.doc" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/752/752_texto_integral.doc" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/753/753_texto_integral.doc" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/757/757_texto_integral.doc" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/758/758_texto_integral.doc" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/767/767_texto_integral.doc" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/779/779_texto_integral.doc" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/783/783_texto_integral.doc" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/788/788_texto_integral.doc" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/790/790_texto_integral.doc" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/795/795_texto_integral.doc" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/797/797_texto_integral.doc" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/798/798_texto_integral.doc" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/815/815_texto_integral.doc" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/816/816_texto_integral.doc" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/817/817_texto_integral.doc" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/818/818_texto_integral.doc" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/819/819_texto_integral.doc" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/821/821_texto_integral.doc" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/832/832_texto_integral.doc" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/833/833_texto_integral.doc" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/834/834_texto_integral.doc" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/838/838_texto_integral.doc" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/839/839_texto_integral.doc" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/841/841_texto_integral.doc" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/842/842_texto_integral.doc" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/845/845_texto_integral.doc" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/846/846_texto_integral.doc" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/848/848_texto_integral.doc" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/849/849_texto_integral.doc" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/850/850_texto_integral.doc" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/852/852_texto_integral.doc" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/853/853_texto_integral.doc" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/854/854_texto_integral.doc" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/856/856_texto_integral.doc" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/860/860_texto_integral.doc" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/873/873_texto_integral.doc" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/888/888_texto_integral.doc" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/895/895_texto_integral.doc" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/897/897_texto_integral.doc" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/901/901_texto_integral.doc" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/902/902_texto_integral.doc" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/904/904_texto_integral.doc" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/915/915_texto_integral.doc" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/923/923_texto_integral.doc" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/934/934_texto_integral.doc" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/936/936_texto_integral.doc" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/939/939_texto_integral.odt" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/940/940_texto_integral.doc" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/944/944_texto_integral.doc" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/945/945_texto_integral.doc" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/956/956_texto_integral.doc" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/959/959_texto_integral.doc" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/967/967_texto_integral.doc" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/970/970_texto_integral.doc" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/973/973_texto_integral.doc" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/976/976_texto_integral.odt" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/980/980_texto_integral.odt" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/997/997_texto_integral.doc" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1004/1004_texto_integral.doc" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1005/1005_texto_integral.doc" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1007/1007_texto_integral.doc" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1008/1008_texto_integral.doc" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1034/1034_texto_integral.doc" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/20/20_texto_integral.doc" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/25/25_texto_integral.doc" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/28/28_texto_integral.doc" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/29/29_texto_integral.doc" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/30/30_texto_integral.doc" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/36/36_texto_integral.doc" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/48/48_texto_integral.odt" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/67/67_texto_integral.doc" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/81/81_texto_integral.odt" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/82/82_texto_integral.odt" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/88/88_texto_integral.odt" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/94/94_texto_integral.doc" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/103/103_texto_integral.odt" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/110/110_texto_integral.odt" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/111/111_texto_integral.doc" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/121/121_texto_integral.odt" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/141/141_texto_integral.odt" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/144/144_texto_integral.odt" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/146/146_texto_integral.odt" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/157/157_texto_integral.odt" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/158/158_texto_integral.odt" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/159/159_texto_integral.odt" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/163/163_texto_integral.odt" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/167/167_texto_integral.odt" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/169/169_texto_integral.odt" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/174/174_texto_integral.odt" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/175/175_texto_integral.odt" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/176/176_texto_integral.odt" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/178/178_texto_integral.doc" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/194/194_texto_integral.odt" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/195/195_texto_integral.odt" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/210/210_texto_integral.odt" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/215/215_texto_integral.odt" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/216/216_texto_integral.odt" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/217/217_texto_integral.odt" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/233/233_texto_integral.odt" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/247/247_texto_integral.odt" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/271/271_texto_integral.odt" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/279/279_texto_integral.odt" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/284/284_texto_integral.odt" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/294/294_texto_integral.odt" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/295/295_texto_integral.odt" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/299/299_texto_integral.odt" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/309/309_texto_integral.odt" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/310/310_texto_integral.odt" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/325/325_texto_integral.odt" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/326/326_texto_integral.odt" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/327/327_texto_integral.odt" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/331/331_texto_integral.odt" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/332/332_texto_integral.odt" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/336/336_texto_integral.odt" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/337/337_texto_integral.doc" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/339/339_texto_integral.doc" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/340/340_texto_integral.doc" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/341/341_texto_integral.doc" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/343/343_texto_integral.doc" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/344/344_texto_integral.odt" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/345/345_texto_integral.odt" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/350/350_texto_integral.doc" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/351/351_texto_integral.odt" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/353/353_texto_integral.odt" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/354/354_texto_integral.odt" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/355/355_texto_integral.odt" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/365/365_texto_integral.odt" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/366/366_texto_integral.odt" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/371/371_texto_integral.odt" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/381/381_texto_integral.doc" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/387/387_texto_integral.odt" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/395/395_texto_integral.odt" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/410/410_texto_integral.odt" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/415/415_texto_integral.odt" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/418/418_texto_integral.odt" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/424/424_texto_integral.odt" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/437/437_texto_integral.odt" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/443/443_texto_integral.odt" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/445/445_texto_integral.doc" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/448/448_texto_integral.odt" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/450/450_texto_integral.doc" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/455/455_texto_integral.odt" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/456/456_texto_integral.doc" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/457/457_texto_integral.odt" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/462/462_texto_integral.odt" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/472/472_texto_integral.odt" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/487/487_texto_integral.odt" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/498/498_texto_integral.doc" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/503/503_texto_integral.odt" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/531/531_texto_integral.odt" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/533/533_texto_integral.doc" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/535/535_texto_integral.doc" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/549/549_texto_integral.doc" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/566/566_texto_integral.odt" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/568/568_texto_integral.doc" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/595/595_texto_integral.odt" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/602/602_texto_integral.odt" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/620/620_texto_integral.odt" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/630/630_texto_integral.doc" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/635/635_texto_integral.doc" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/652/652_texto_integral.doc" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/656/656_texto_integral.doc" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/679/679_texto_integral.odt" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/690/690_texto_integral.odt" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/754/754_texto_integral.doc" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/759/759_texto_integral.doc" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/760/760_texto_integral.doc" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/762/762_texto_integral.doc" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/768/768_texto_integral.doc" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/774/774_texto_integral.doc" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/782/782_texto_integral.doc" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/802/802_texto_integral.doc" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/806/806_texto_integral.doc" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/811/811_texto_integral.doc" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/840/840_texto_integral.doc" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/844/844_texto_integral.doc" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/851/851_texto_integral.doc" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/857/857_texto_integral.doc" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/858/858_texto_integral.doc" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/889/889_texto_integral.doc" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/896/896_texto_integral.doc" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/898/898_texto_integral.doc" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/899/899_texto_integral.doc" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/917/917_texto_integral.doc" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/918/918_texto_integral.doc" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/938/938_texto_integral.doc" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/942/942_texto_integral.doc" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/949/949_texto_integral.doc" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/950/950_texto_integral.doc" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/951/951_texto_integral.doc" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/952/952_texto_integral.doc" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/958/958_texto_integral.doc" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/961/961_texto_integral.doc" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/965/965_texto_integral.doc" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/966/966_texto_integral.doc" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/977/977_texto_integral.odt" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1003/1003_texto_integral.doc" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1006/1006_texto_integral.doc" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1028/1028_texto_integral.doc" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/408/408_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/165/165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/352/352_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/452/452_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/476/476_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/493/493_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/494/494_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/544/544_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/545/545_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/554/554_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/616/616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/619/619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/621/621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/675/675_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/677/677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/721/721_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/725/725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/730/730_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/751/751_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/763/763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/793/793_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/837/837_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/876/876_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/909/909_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/930/930_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/946/946_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/993/993_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/998/998_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1001/1001_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1011/1011_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1012/1012_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1014/1014_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1015/1015_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1029/1029_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1030/1030_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1031/1031_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1032/1032_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/314/314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/333/333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/433/433_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/463/463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/12/12_texto_integral.doc" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/13/13_texto_integral.doc" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/75/75_texto_integral.doc" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/99/99_texto_integral.doc" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/100/100_texto_integral.doc" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/101/101_texto_integral.doc" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/180/180_texto_integral.doc" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/181/181_texto_integral.odt" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/182/182_texto_integral.odt" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/183/183_texto_integral.doc" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/184/184_texto_integral.odt" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/185/185_texto_integral.odt" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/186/186_texto_integral.doc" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/187/187_texto_integral.odt" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/188/188_texto_integral.doc" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/189/189_texto_integral.odt" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/196/196_texto_integral.odt" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/224/224_texto_integral.doc" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/225/225_texto_integral.doc" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/226/226_texto_integral.doc" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/227/227_texto_integral.doc" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/228/228_texto_integral.doc" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/229/229_texto_integral.doc" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/230/230_texto_integral.doc" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/237/237_texto_integral.doc" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/239/239_texto_integral.doc" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/539/539_texto_integral.doc" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/540/540_texto_integral.odt" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/552/552_texto_integral.odt" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/778/778_texto_integral.doc" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/804/804_texto_integral.doc" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/808/808_texto_integral.doc" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/823/823_texto_integral.doc" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/8/8_texto_integral.doc" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/651/651_texto_integral.doc" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/701/701_texto_integral.doc" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/709/709_texto_integral.doc" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/710/710_texto_integral.doc" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/711/711_texto_integral.doc" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/712/712_texto_integral.doc" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/713/713_texto_integral.doc" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/771/771_texto_integral.doc" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/871/871_texto_integral.doc" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/971/971_texto_integral.doc" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/982/982_texto_integral.doc" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/983/983_texto_integral.doc" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/6/6_texto_integral.doc" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/9/9_texto_integral.doc" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/10/10_texto_integral.doc" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/26/26_texto_integral.doc" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/31/31_texto_integral.doc" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/32/32_texto_integral.doc" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/33/33_texto_integral.doc" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/39/39_texto_integral.doc" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/40/40_texto_integral.doc" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/41/41_texto_integral.doc" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/42/42_texto_integral.doc" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/43/43_texto_integral.doc" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/44/44_texto_integral.doc" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/45/45_texto_integral.doc" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/52/52_texto_integral.doc" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/61/61_texto_integral.doc" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/62/62_texto_integral.doc" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/63/63_texto_integral.doc" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/68/68_texto_integral.doc" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/96/96_texto_integral.doc" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/104/104_texto_integral.odt" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/107/107_texto_integral.doc" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/108/108_texto_integral.doc" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/112/112_texto_integral.odt" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/117/117_texto_integral.odt" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/119/119_texto_integral.odt" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/122/122_texto_integral.doc" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/123/123_texto_integral.doc" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/129/129_texto_integral.doc" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/166/166_texto_integral.doc" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/170/170_texto_integral.doc" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/171/171_texto_integral.doc" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/173/173_texto_integral.doc" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/197/197_texto_integral.doc" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/214/214_texto_integral.doc" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/240/240_texto_integral.doc" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/243/243_texto_integral.doc" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/260/260_texto_integral.doc" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/261/261_texto_integral.doc" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/262/262_texto_integral.doc" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/263/263_texto_integral.doc" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/264/264_texto_integral.doc" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/265/265_texto_integral.doc" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/266/266_texto_integral.doc" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/267/267_texto_integral.doc" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/281/281_texto_integral.doc" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/282/282_texto_integral.doc" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/283/283_texto_integral.doc" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/293/293_texto_integral.doc" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/311/311_texto_integral.odt" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/320/320_texto_integral.doc" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/348/348_texto_integral.odt" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/359/359_texto_integral.doc" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/367/367_texto_integral.doc" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/370/370_texto_integral.doc" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/380/380_texto_integral.odt" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/382/382_texto_integral.doc" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/383/383_texto_integral.doc" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/389/389_texto_integral.doc" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/403/403_texto_integral.doc" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/404/404_texto_integral.doc" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/405/405_texto_integral.doc" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/407/407_texto_integral.doc" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/413/413_texto_integral.odt" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/414/414_texto_integral.odt" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/417/417_texto_integral.doc" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/426/426_texto_integral.doc" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/427/427_texto_integral.doc" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/436/436_texto_integral.doc" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/441/441_texto_integral.odt" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/447/447_texto_integral.doc" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/458/458_texto_integral.doc" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/459/459_texto_integral.doc" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/460/460_texto_integral.doc" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/480/480_texto_integral.odt" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/482/482_texto_integral.doc" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/483/483_texto_integral.doc" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/484/484_texto_integral.doc" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/490/490_texto_integral.doc" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/500/500_texto_integral.doc" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/504/504_texto_integral.doc" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/509/509_texto_integral.doc" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/530/530_texto_integral.odt" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/541/541_texto_integral.doc" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/543/543_texto_integral.doc" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/548/548_texto_integral.odt" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/551/551_texto_integral.odt" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/553/553_texto_integral.doc" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/573/573_texto_integral.doc" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/574/574_texto_integral.doc" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/587/587_texto_integral.doc" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/596/596_texto_integral.doc" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/606/606_texto_integral.odt" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/613/613_texto_integral.doc" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/614/614_texto_integral.doc" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/623/623_texto_integral.doc" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/637/637_texto_integral.odt" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/640/640_texto_integral.doc" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/646/646_texto_integral.doc" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/650/650_texto_integral.doc" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/680/680_texto_integral.odt" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/683/683_texto_integral.odt" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/684/684_texto_integral.odt" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/686/686_texto_integral.doc" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/687/687_texto_integral.doc" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/689/689_texto_integral.doc" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/691/691_texto_integral.doc" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/692/692_texto_integral.doc" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/694/694_texto_integral.doc" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/702/702_texto_integral.doc" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/703/703_texto_integral.doc" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/704/704_texto_integral.doc" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/705/705_texto_integral.doc" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/706/706_texto_integral.doc" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/707/707_texto_integral.doc" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/708/708_texto_integral.doc" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/716/716_texto_integral.doc" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/732/732_texto_integral.doc" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/737/737_texto_integral.doc" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/738/738_texto_integral.doc" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/745/745_texto_integral.doc" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/746/746_texto_integral.doc" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/761/761_texto_integral.doc" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/769/769_texto_integral.doc" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/770/770_texto_integral.doc" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/785/785_texto_integral.doc" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/789/789_texto_integral.doc" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/791/791_texto_integral.doc" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/792/792_texto_integral.doc" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/796/796_texto_integral.doc" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/805/805_texto_integral.doc" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/807/807_texto_integral.doc" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/809/809_texto_integral.doc" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/814/814_texto_integral.doc" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/820/820_texto_integral.doc" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/847/847_texto_integral.doc" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/859/859_texto_integral.doc" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/878/878_texto_integral.doc" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/879/879_texto_integral.doc" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/880/880_texto_integral.doc" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/881/881_texto_integral.doc" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/882/882_texto_integral.doc" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/883/883_texto_integral.doc" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/884/884_texto_integral.doc" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/885/885_texto_integral.doc" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/886/886_texto_integral.doc" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/911/911_texto_integral.doc" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/912/912_texto_integral.doc" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/921/921_texto_integral.doc" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/922/922_texto_integral.doc" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/931/931_texto_integral.doc" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/932/932_texto_integral.doc" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/933/933_texto_integral.doc" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/957/957_texto_integral.doc" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/981/981_texto_integral.doc" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1026/1026_texto_integral.doc" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1027/1027_texto_integral.doc" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/5/5_texto_integral.doc" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/102/102_texto_integral.doc" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/130/130_texto_integral.doc" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/131/131_texto_integral.doc" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/198/198_texto_integral.doc" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/211/211_texto_integral.doc" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/238/238_texto_integral.docx" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/313/313_texto_integral.docx" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/984/984_texto_integral.doc" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/241/241_texto_integral.doc" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/274/274_texto_integral.doc" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/364/364_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/400/400_texto_integral.doc" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/467/467_texto_integral.odt" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/513/513_texto_integral.odt" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/634/634_texto_integral.odt" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/647/647_texto_integral.doc" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/681/681_texto_integral.doc" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/831/831_texto_integral.doc" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/893/893_texto_integral.doc" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/910/910_texto_integral.doc" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/926/926_texto_integral.doc" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/954/954_texto_integral.doc" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/955/955_texto_integral.doc" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/963/963_texto_integral.doc" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/995/995_texto_integral.odt" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/996/996_texto_integral.doc" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/46/46_texto_integral.doc" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/47/47_texto_integral.doc" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/76/76_texto_integral.odt" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/79/79_texto_integral.doc" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/83/83_texto_integral.doc" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/87/87_texto_integral.doc" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/93/93_texto_integral.doc" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/95/95_texto_integral.odt" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/105/105_texto_integral.doc" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/109/109_texto_integral.doc" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/116/116_texto_integral.odt" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/126/126_texto_integral.doc" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/127/127_texto_integral.odt" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/134/134_texto_integral.doc" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/135/135_texto_integral.doc" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/136/136_texto_integral.doc" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/142/142_texto_integral.doc" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/143/143_texto_integral.doc" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/145/145_texto_integral.odt" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/147/147_texto_integral.odt" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/149/149_texto_integral.doc" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/150/150_texto_integral.doc" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/152/152_texto_integral.doc" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/154/154_texto_integral.doc" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/164/164_texto_integral.doc" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/202/202_texto_integral.doc" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/203/203_texto_integral.doc" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/235/235_texto_integral.doc" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/236/236_texto_integral.odt" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/242/242_texto_integral.odt" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/252/252_texto_integral.doc" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/286/286_texto_integral.odt" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/302/302_texto_integral.odt" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/304/304_texto_integral.doc" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/308/308_texto_integral.doc" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/318/318_texto_integral.odt" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/322/322_texto_integral.odt" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/334/334_texto_integral.doc" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/338/338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/360/360_texto_integral.odt" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/393/393_texto_integral.odt" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/394/394_texto_integral.odt" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/396/396_texto_integral.odt" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/402/402_texto_integral.odt" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/423/423_texto_integral.odt" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/425/425_texto_integral.doc" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/428/428_texto_integral.odt" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/439/439_texto_integral.doc" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/444/444_texto_integral.doc" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/468/468_texto_integral.odt" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/469/469_texto_integral.odt" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/470/470_texto_integral.odt" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/497/497_texto_integral.doc" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/505/505_texto_integral.odt" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/532/532_texto_integral.odt" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/550/550_texto_integral.odt" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/557/557_texto_integral.odt" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/558/558_texto_integral.doc" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/577/577_texto_integral.doc" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/578/578_texto_integral.doc" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/582/582_texto_integral.doc" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/584/584_texto_integral.doc" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/589/589_texto_integral.doc" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/624/624_texto_integral.doc" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/639/639_texto_integral.doc" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/688/688_texto_integral.doc" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/735/735_texto_integral.doc" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/736/736_texto_integral.doc" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/755/755_texto_integral.doc" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/756/756_texto_integral.doc" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/780/780_texto_integral.doc" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/784/784_texto_integral.doc" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/786/786_texto_integral.doc" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/787/787_texto_integral.doc" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/810/810_texto_integral.doc" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/813/813_texto_integral.doc" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/877/877_texto_integral.doc" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/887/887_texto_integral.doc" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/920/920_texto_integral.doc" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/924/924_texto_integral.doc" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/927/927_texto_integral.doc" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/941/941_texto_integral.doc" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/978/978_texto_integral.odt" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/979/979_texto_integral.odt" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/1010/req-85.pdf" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/335/335_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/488/488_texto_integral.doc" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/514/514_texto_integral.doc" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/515/515_texto_integral.odt" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/527/527_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/538/538_texto_integral.doc" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/766/766_texto_integral.doc" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/925/925_texto_integral.doc" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/972/972_texto_integral.doc" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/992/992_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/312/312_texto_integral.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/579/579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/464/464_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/466/466_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/471/471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/477/477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/478/478_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/481/convite_101_2017.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/485/485_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/495/495_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/507/507_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/508/508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/525/525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/526/526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/528/528_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/546/546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/555/555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/556/556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/559/559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/564/564_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/565/565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/575/575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/576/576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/588/convite_118_2017.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/598/598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/599/599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/600/600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/601/convite_122_2017.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/610/610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/611/611_texto_integral.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/612/convite_125_2017.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/615/615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/617/617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/618/618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/638/convite_129_2017.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/641/641_texto_integral.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/642/642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/644/644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/645/645_texto_integral.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/649/convite_134_2017.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/657/657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/658/658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/659/convite_137_2017.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/660/660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/672/convite_139_2017.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/673/convite_140_2017.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/674/674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/676/676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/678/convite_143_2017.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/682/convite_144_2017.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/685/685_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/693/convite_146_2017.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/722/722_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/723/convite_148_2017.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/724/724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/726/726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/727/convite_151_2017.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/733/733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/734/734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/739/convite_154_2017.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/740/convite_155_2017.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/741/741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/742/convite_157_2017.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/743/convite_158_2017.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/747/747_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/748/convite_160_2017.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/749/convite_161_2017.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/750/convite_162_2017.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/764/convite_163_2017.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/765/convite_164_2017.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/772/convite_165_2017.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/773/773_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/775/775_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/776/776_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/777/convite_169_2017.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/781/781_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/794/794_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/799/799_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/800/800_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/801/801_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/803/803_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/812/812_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/824/convite_177_2017.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/825/825_texto_integral.docx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/826/826_texto_integral.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/827/convite_180_2017.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/828/828_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/830/convite_182_2017.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/835/835_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/843/843_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/855/convite_185_2017.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/862/862_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/863/convite_187_2017.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/864/convite_188_2017.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/865/convite_189_2017.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/866/convite_190_2017.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/867/convite_191_2017.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/868/convite_192_2017.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/869/869_texto_integral.docx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/870/convite_194_2017.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/872/convite_195_2017.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/874/convite_196_2017.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/875/875_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/890/890_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/891/891_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/892/convite_200_2017.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/894/convite_201_2017.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/900/convite_202_2017.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/903/convite_203_2017.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/907/907_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/908/908_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/914/914_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/916/convite_207_2017.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/919/919_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/928/928_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/929/929_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/935/convite_211_2017.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/943/convite_212_2017.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/948/convite_213_2017.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/953/convite_214_2017.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/960/convite_215_2017.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/962/convite_216_2017.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/964/964_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/968/968_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/969/969_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/974/convite_220_2017.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/975/convite_221_2017.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/985/convite_222_2017.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/986/convite_223_2017.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/987/convite_224_2017.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/988/convite_225_2017.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/989/convite_226_2017.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/990/convite_227_2017.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/991/convite_228_2017.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/999/999_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/1000/convite_230_2017.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/1002/convite_231_2017.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1009/1009_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/53/53_texto_integral.doc" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/54/54_texto_integral.doc" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/55/55_texto_integral.doc" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/56/56_texto_integral.doc" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/155/155_texto_integral.doc" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/277/277_texto_integral.odt" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/278/278_texto_integral.odt" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/390/390_texto_integral.doc" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/517/517_texto_integral.doc" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/518/518_texto_integral.doc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/519/519_texto_integral.doc" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/520/520_texto_integral.doc" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/521/521_texto_integral.doc" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/522/522_texto_integral.odt" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/523/523_texto_integral.odt" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/524/524_texto_integral.odt" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/591/591_texto_integral.doc" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/592/592_texto_integral.doc" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/593/593_texto_integral.doc" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/625/625_texto_integral.doc" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/626/626_texto_integral.doc" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/627/627_texto_integral.doc" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/628/628_texto_integral.doc" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/629/629_texto_integral.doc" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/695/695_texto_integral.doc" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/696/696_texto_integral.doc" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/697/697_texto_integral.doc" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/698/698_texto_integral.doc" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/699/699_texto_integral.doc" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/700/700_texto_integral.doc" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/714/714_texto_integral.doc" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/994/994_texto_integral.doc" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1016/1016_texto_integral.doc" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1017/1017_texto_integral.doc" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1018/1018_texto_integral.doc" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1019/1019_texto_integral.doc" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1020/1020_texto_integral.doc" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1021/1021_texto_integral.doc" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1022/1022_texto_integral.doc" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1023/1023_texto_integral.doc" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1024/1024_texto_integral.doc" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1025/1025_texto_integral.doc" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/7/7_texto_integral.doc" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/11/11_texto_integral.doc" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/15/15_texto_integral.doc" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/16/16_texto_integral.doc" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/17/17_texto_integral.doc" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/18/18_texto_integral.doc" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/19/19_texto_integral.doc" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/21/21_texto_integral.doc" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/22/22_texto_integral.doc" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/23/23_texto_integral.doc" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/24/24_texto_integral.doc" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/27/27_texto_integral.doc" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/34/34_texto_integral.doc" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/35/35_texto_integral.doc" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/37/37_texto_integral.doc" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/38/38_texto_integral.doc" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/49/49_texto_integral.doc" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/50/50_texto_integral.doc" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/51/51_texto_integral.doc" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/57/57_texto_integral.doc" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/58/58_texto_integral.odt" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/59/59_texto_integral.odt" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/60/60_texto_integral.odt" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/64/64_texto_integral.doc" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/65/65_texto_integral.doc" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/66/66_texto_integral.doc" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/69/69_texto_integral.doc" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/70/70_texto_integral.odt" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/71/71_texto_integral.doc" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/72/72_texto_integral.doc" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/73/73_texto_integral.doc" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/74/74_texto_integral.doc" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/77/77_texto_integral.doc" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/78/78_texto_integral.doc" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/80/80_texto_integral.doc" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/84/84_texto_integral.doc" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/85/85_texto_integral.doc" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/86/86_texto_integral.odt" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/89/89_texto_integral.doc" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/90/90_texto_integral.doc" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/91/91_texto_integral.doc" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/92/92_texto_integral.doc" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/97/97_texto_integral.doc" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/98/98_texto_integral.odt" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/106/106_texto_integral.doc" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/113/113_texto_integral.doc" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/114/114_texto_integral.doc" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/115/115_texto_integral.doc" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/118/118_texto_integral.doc" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/120/120_texto_integral.doc" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/124/124_texto_integral.doc" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/125/125_texto_integral.odt" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/128/128_texto_integral.doc" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/132/132_texto_integral.odt" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/133/133_texto_integral.odt" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/137/137_texto_integral.doc" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/138/138_texto_integral.doc" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/140/140_texto_integral.doc" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/148/148_texto_integral.odt" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/151/151_texto_integral.doc" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/153/153_texto_integral.doc" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/156/156_texto_integral.doc" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/160/160_texto_integral.odt" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/161/161_texto_integral.doc" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/162/162_texto_integral.odt" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/168/168_texto_integral.odt" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/172/172_texto_integral.doc" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/177/177_texto_integral.doc" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/179/179_texto_integral.doc" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/190/190_texto_integral.doc" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/191/191_texto_integral.doc" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/192/192_texto_integral.doc" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/193/193_texto_integral.doc" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/199/199_texto_integral.odt" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/200/200_texto_integral.odt" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/201/201_texto_integral.doc" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/204/204_texto_integral.doc" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/205/205_texto_integral.doc" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/206/206_texto_integral.doc" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/207/207_texto_integral.doc" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/208/208_texto_integral.odt" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/209/209_texto_integral.odt" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/212/212_texto_integral.odt" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/213/213_texto_integral.doc" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/218/218_texto_integral.doc" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/219/219_texto_integral.doc" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/220/220_texto_integral.doc" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/221/221_texto_integral.doc" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/222/222_texto_integral.doc" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/231/231_texto_integral.odt" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/232/232_texto_integral.odt" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/234/234_texto_integral.odt" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/244/244_texto_integral.doc" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/245/245_texto_integral.doc" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/246/246_texto_integral.doc" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/248/248_texto_integral.odt" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/249/249_texto_integral.odt" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/250/250_texto_integral.odt" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/251/251_texto_integral.doc" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/253/253_texto_integral.doc" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/254/254_texto_integral.odt" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/255/255_texto_integral.doc" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/256/256_texto_integral.odt" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/257/257_texto_integral.odt" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/258/258_texto_integral.odt" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/259/259_texto_integral.odt" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/268/268_texto_integral.odt" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/269/269_texto_integral.doc" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/270/270_texto_integral.odt" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/272/272_texto_integral.odt" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/273/273_texto_integral.odt" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/275/275_texto_integral.odt" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/276/276_texto_integral.doc" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/280/280_texto_integral.odt" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/285/285_texto_integral.odt" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/287/287_texto_integral.odt" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/288/288_texto_integral.doc" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/289/289_texto_integral.doc" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/290/290_texto_integral.doc" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/291/291_texto_integral.doc" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/292/292_texto_integral.doc" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/296/296_texto_integral.odt" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/297/297_texto_integral.odt" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/298/298_texto_integral.odt" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/300/300_texto_integral.odt" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/301/301_texto_integral.odt" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/303/303_texto_integral.odt" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/305/305_texto_integral.odt" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/306/306_texto_integral.odt" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/307/307_texto_integral.odt" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/315/315_texto_integral.odt" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/316/316_texto_integral.odt" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/317/317_texto_integral.odt" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/319/319_texto_integral.odt" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/321/321_texto_integral.doc" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/323/323_texto_integral.odt" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/324/324_texto_integral.doc" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/328/328_texto_integral.odt" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/329/329_texto_integral.doc" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/330/330_texto_integral.doc" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/346/346_texto_integral.odt" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/347/347_texto_integral.doc" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/349/349_texto_integral.doc" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/356/356_texto_integral.odt" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/357/357_texto_integral.doc" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/358/358_texto_integral.doc" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/361/361_texto_integral.odt" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/362/362_texto_integral.odt" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/363/363_texto_integral.odt" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/368/368_texto_integral.doc" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/369/369_texto_integral.doc" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/372/372_texto_integral.doc" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/373/373_texto_integral.doc" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/374/374_texto_integral.doc" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/375/375_texto_integral.doc" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/376/376_texto_integral.doc" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/377/377_texto_integral.odt" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/378/378_texto_integral.doc" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/379/379_texto_integral.doc" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/384/384_texto_integral.odt" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/385/385_texto_integral.odt" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/386/386_texto_integral.odt" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/388/388_texto_integral.odt" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/392/392_texto_integral.doc" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/397/397_texto_integral.doc" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/398/398_texto_integral.doc" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/399/399_texto_integral.odt" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/401/401_texto_integral.odt" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/406/406_texto_integral.odt" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/411/411_texto_integral.doc" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/412/412_texto_integral.odt" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/416/416_texto_integral.doc" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/419/419_texto_integral.doc" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/420/420_texto_integral.odt" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/421/421_texto_integral.odt" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/429/429_texto_integral.doc" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/430/430_texto_integral.doc" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/431/431_texto_integral.doc" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/432/432_texto_integral.doc" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/435/435_texto_integral.odt" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/438/438_texto_integral.odt" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/440/440_texto_integral.doc" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/442/442_texto_integral.odt" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/446/446_texto_integral.odt" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/449/449_texto_integral.odt" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/451/451_texto_integral.odt" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/453/453_texto_integral.odt" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/454/454_texto_integral.odt" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/461/461_texto_integral.odt" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/465/465_texto_integral.doc" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/473/473_texto_integral.odt" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/474/474_texto_integral.odt" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/475/475_texto_integral.odt" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/479/479_texto_integral.odt" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/486/486_texto_integral.doc" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/489/489_texto_integral.odt" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/491/491_texto_integral.odt" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/492/492_texto_integral.odt" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/496/496_texto_integral.odt" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/499/499_texto_integral.odt" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/501/501_texto_integral.doc" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/502/502_texto_integral.doc" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/506/506_texto_integral.odt" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/511/511_texto_integral.odt" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/512/512_texto_integral.odt" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/516/516_texto_integral.odt" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/529/529_texto_integral.odt" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/534/534_texto_integral.doc" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/536/536_texto_integral.doc" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/537/537_texto_integral.doc" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/560/560_texto_integral.odt" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/561/561_texto_integral.odt" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/562/562_texto_integral.odt" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/563/563_texto_integral.odt" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/567/567_texto_integral.odt" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/569/569_texto_integral.odt" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/570/570_texto_integral.odt" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/571/571_texto_integral.odt" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/572/572_texto_integral.odt" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/580/580_texto_integral.doc" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/581/581_texto_integral.doc" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/583/583_texto_integral.odt" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/585/585_texto_integral.odt" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/586/586_texto_integral.odt" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/590/590_texto_integral.doc" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/594/594_texto_integral.doc" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/597/597_texto_integral.doc" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/603/603_texto_integral.doc" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/604/604_texto_integral.odt" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/605/605_texto_integral.doc" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/607/607_texto_integral.odt" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/608/608_texto_integral.doc" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/609/609_texto_integral.odt" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/622/622_texto_integral.doc" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/631/631_texto_integral.doc" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/632/632_texto_integral.doc" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/633/633_texto_integral.doc" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/636/636_texto_integral.doc" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/643/643_texto_integral.doc" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/648/648_texto_integral.doc" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/653/653_texto_integral.doc" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/654/654_texto_integral.doc" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/655/655_texto_integral.doc" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/661/661_texto_integral.odt" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/662/662_texto_integral.doc" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/663/663_texto_integral.doc" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/664/664_texto_integral.doc" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/665/665_texto_integral.doc" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/666/666_texto_integral.doc" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/667/667_texto_integral.doc" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/668/668_texto_integral.doc" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/669/669_texto_integral.doc" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/715/715_texto_integral.doc" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/717/717_texto_integral.doc" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/718/718_texto_integral.doc" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/719/719_texto_integral.doc" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/720/720_texto_integral.doc" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/728/728_texto_integral.doc" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/729/729_texto_integral.doc" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/731/731_texto_integral.doc" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/744/744_texto_integral.doc" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/752/752_texto_integral.doc" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/753/753_texto_integral.doc" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/757/757_texto_integral.doc" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/758/758_texto_integral.doc" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/767/767_texto_integral.doc" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/779/779_texto_integral.doc" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/783/783_texto_integral.doc" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/788/788_texto_integral.doc" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/790/790_texto_integral.doc" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/795/795_texto_integral.doc" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/797/797_texto_integral.doc" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/798/798_texto_integral.doc" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/815/815_texto_integral.doc" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/816/816_texto_integral.doc" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/817/817_texto_integral.doc" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/818/818_texto_integral.doc" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/819/819_texto_integral.doc" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/821/821_texto_integral.doc" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/832/832_texto_integral.doc" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/833/833_texto_integral.doc" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/834/834_texto_integral.doc" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/838/838_texto_integral.doc" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/839/839_texto_integral.doc" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/841/841_texto_integral.doc" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/842/842_texto_integral.doc" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/845/845_texto_integral.doc" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/846/846_texto_integral.doc" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/848/848_texto_integral.doc" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/849/849_texto_integral.doc" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/850/850_texto_integral.doc" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/852/852_texto_integral.doc" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/853/853_texto_integral.doc" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/854/854_texto_integral.doc" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/856/856_texto_integral.doc" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/860/860_texto_integral.doc" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/873/873_texto_integral.doc" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/888/888_texto_integral.doc" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/895/895_texto_integral.doc" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/897/897_texto_integral.doc" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/901/901_texto_integral.doc" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/902/902_texto_integral.doc" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/904/904_texto_integral.doc" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/915/915_texto_integral.doc" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/923/923_texto_integral.doc" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/934/934_texto_integral.doc" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/936/936_texto_integral.doc" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/939/939_texto_integral.odt" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/940/940_texto_integral.doc" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/944/944_texto_integral.doc" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/945/945_texto_integral.doc" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/956/956_texto_integral.doc" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/959/959_texto_integral.doc" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/967/967_texto_integral.doc" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/970/970_texto_integral.doc" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/973/973_texto_integral.doc" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/976/976_texto_integral.odt" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/980/980_texto_integral.odt" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/997/997_texto_integral.doc" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1004/1004_texto_integral.doc" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1005/1005_texto_integral.doc" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1007/1007_texto_integral.doc" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1008/1008_texto_integral.doc" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1034/1034_texto_integral.doc" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/20/20_texto_integral.doc" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/25/25_texto_integral.doc" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/28/28_texto_integral.doc" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/29/29_texto_integral.doc" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/30/30_texto_integral.doc" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/36/36_texto_integral.doc" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/48/48_texto_integral.odt" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/67/67_texto_integral.doc" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/81/81_texto_integral.odt" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/82/82_texto_integral.odt" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/88/88_texto_integral.odt" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/94/94_texto_integral.doc" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/103/103_texto_integral.odt" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/110/110_texto_integral.odt" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/111/111_texto_integral.doc" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/121/121_texto_integral.odt" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/141/141_texto_integral.odt" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/144/144_texto_integral.odt" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/146/146_texto_integral.odt" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/157/157_texto_integral.odt" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/158/158_texto_integral.odt" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/159/159_texto_integral.odt" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/163/163_texto_integral.odt" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/167/167_texto_integral.odt" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/169/169_texto_integral.odt" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/174/174_texto_integral.odt" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/175/175_texto_integral.odt" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/176/176_texto_integral.odt" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/178/178_texto_integral.doc" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/194/194_texto_integral.odt" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/195/195_texto_integral.odt" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/210/210_texto_integral.odt" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/215/215_texto_integral.odt" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/216/216_texto_integral.odt" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/217/217_texto_integral.odt" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/233/233_texto_integral.odt" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/247/247_texto_integral.odt" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/271/271_texto_integral.odt" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/279/279_texto_integral.odt" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/284/284_texto_integral.odt" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/294/294_texto_integral.odt" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/295/295_texto_integral.odt" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/299/299_texto_integral.odt" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/309/309_texto_integral.odt" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/310/310_texto_integral.odt" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/325/325_texto_integral.odt" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/326/326_texto_integral.odt" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/327/327_texto_integral.odt" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/331/331_texto_integral.odt" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/332/332_texto_integral.odt" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/336/336_texto_integral.odt" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/337/337_texto_integral.doc" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/339/339_texto_integral.doc" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/340/340_texto_integral.doc" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/341/341_texto_integral.doc" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/343/343_texto_integral.doc" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/344/344_texto_integral.odt" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/345/345_texto_integral.odt" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/350/350_texto_integral.doc" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/351/351_texto_integral.odt" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/353/353_texto_integral.odt" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/354/354_texto_integral.odt" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/355/355_texto_integral.odt" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/365/365_texto_integral.odt" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/366/366_texto_integral.odt" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/371/371_texto_integral.odt" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/381/381_texto_integral.doc" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/387/387_texto_integral.odt" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/395/395_texto_integral.odt" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/410/410_texto_integral.odt" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/415/415_texto_integral.odt" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/418/418_texto_integral.odt" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/424/424_texto_integral.odt" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/437/437_texto_integral.odt" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/443/443_texto_integral.odt" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/445/445_texto_integral.doc" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/448/448_texto_integral.odt" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/450/450_texto_integral.doc" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/455/455_texto_integral.odt" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/456/456_texto_integral.doc" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/457/457_texto_integral.odt" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/462/462_texto_integral.odt" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/472/472_texto_integral.odt" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/487/487_texto_integral.odt" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/498/498_texto_integral.doc" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/503/503_texto_integral.odt" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/531/531_texto_integral.odt" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/533/533_texto_integral.doc" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/535/535_texto_integral.doc" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/549/549_texto_integral.doc" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/566/566_texto_integral.odt" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/568/568_texto_integral.doc" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/595/595_texto_integral.odt" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/602/602_texto_integral.odt" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/620/620_texto_integral.odt" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/630/630_texto_integral.doc" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/635/635_texto_integral.doc" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/652/652_texto_integral.doc" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/656/656_texto_integral.doc" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/679/679_texto_integral.odt" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/690/690_texto_integral.odt" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/754/754_texto_integral.doc" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/759/759_texto_integral.doc" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/760/760_texto_integral.doc" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/762/762_texto_integral.doc" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/768/768_texto_integral.doc" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/774/774_texto_integral.doc" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/782/782_texto_integral.doc" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/802/802_texto_integral.doc" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/806/806_texto_integral.doc" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/811/811_texto_integral.doc" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/840/840_texto_integral.doc" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/844/844_texto_integral.doc" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/851/851_texto_integral.doc" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/857/857_texto_integral.doc" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/858/858_texto_integral.doc" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/889/889_texto_integral.doc" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/896/896_texto_integral.doc" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/898/898_texto_integral.doc" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/899/899_texto_integral.doc" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/917/917_texto_integral.doc" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/918/918_texto_integral.doc" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/938/938_texto_integral.doc" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/942/942_texto_integral.doc" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/949/949_texto_integral.doc" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/950/950_texto_integral.doc" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/951/951_texto_integral.doc" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/952/952_texto_integral.doc" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/958/958_texto_integral.doc" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/961/961_texto_integral.doc" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/965/965_texto_integral.doc" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/966/966_texto_integral.doc" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/977/977_texto_integral.odt" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1003/1003_texto_integral.doc" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1006/1006_texto_integral.doc" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1028/1028_texto_integral.doc" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/408/408_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/165/165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/352/352_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/452/452_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/476/476_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/493/493_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/494/494_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/544/544_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/545/545_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/554/554_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/616/616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/619/619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/621/621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/675/675_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/677/677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/721/721_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/725/725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/730/730_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/751/751_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/763/763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/793/793_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/837/837_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/876/876_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/909/909_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/930/930_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/946/946_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/993/993_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/998/998_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1001/1001_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1011/1011_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1012/1012_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1014/1014_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1015/1015_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1029/1029_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1030/1030_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1031/1031_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1032/1032_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/314/314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/333/333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/433/433_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/463/463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/12/12_texto_integral.doc" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/13/13_texto_integral.doc" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/75/75_texto_integral.doc" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/99/99_texto_integral.doc" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/100/100_texto_integral.doc" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/101/101_texto_integral.doc" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/180/180_texto_integral.doc" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/181/181_texto_integral.odt" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/182/182_texto_integral.odt" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/183/183_texto_integral.doc" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/184/184_texto_integral.odt" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/185/185_texto_integral.odt" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/186/186_texto_integral.doc" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/187/187_texto_integral.odt" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/188/188_texto_integral.doc" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/189/189_texto_integral.odt" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/196/196_texto_integral.odt" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/224/224_texto_integral.doc" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/225/225_texto_integral.doc" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/226/226_texto_integral.doc" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/227/227_texto_integral.doc" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/228/228_texto_integral.doc" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/229/229_texto_integral.doc" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/230/230_texto_integral.doc" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/237/237_texto_integral.doc" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/239/239_texto_integral.doc" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/539/539_texto_integral.doc" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/540/540_texto_integral.odt" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/552/552_texto_integral.odt" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/778/778_texto_integral.doc" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/804/804_texto_integral.doc" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/808/808_texto_integral.doc" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/823/823_texto_integral.doc" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/8/8_texto_integral.doc" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/651/651_texto_integral.doc" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/701/701_texto_integral.doc" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/709/709_texto_integral.doc" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/710/710_texto_integral.doc" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/711/711_texto_integral.doc" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/712/712_texto_integral.doc" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/713/713_texto_integral.doc" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/771/771_texto_integral.doc" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/871/871_texto_integral.doc" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/971/971_texto_integral.doc" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/982/982_texto_integral.doc" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/983/983_texto_integral.doc" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/6/6_texto_integral.doc" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/9/9_texto_integral.doc" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/10/10_texto_integral.doc" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/26/26_texto_integral.doc" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/31/31_texto_integral.doc" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/32/32_texto_integral.doc" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/33/33_texto_integral.doc" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/39/39_texto_integral.doc" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/40/40_texto_integral.doc" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/41/41_texto_integral.doc" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/42/42_texto_integral.doc" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/43/43_texto_integral.doc" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/44/44_texto_integral.doc" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/45/45_texto_integral.doc" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/52/52_texto_integral.doc" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/61/61_texto_integral.doc" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/62/62_texto_integral.doc" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/63/63_texto_integral.doc" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/68/68_texto_integral.doc" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/96/96_texto_integral.doc" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/104/104_texto_integral.odt" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/107/107_texto_integral.doc" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/108/108_texto_integral.doc" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/112/112_texto_integral.odt" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/117/117_texto_integral.odt" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/119/119_texto_integral.odt" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/122/122_texto_integral.doc" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/123/123_texto_integral.doc" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/129/129_texto_integral.doc" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/166/166_texto_integral.doc" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/170/170_texto_integral.doc" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/171/171_texto_integral.doc" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/173/173_texto_integral.doc" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/197/197_texto_integral.doc" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/214/214_texto_integral.doc" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/240/240_texto_integral.doc" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/243/243_texto_integral.doc" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/260/260_texto_integral.doc" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/261/261_texto_integral.doc" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/262/262_texto_integral.doc" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/263/263_texto_integral.doc" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/264/264_texto_integral.doc" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/265/265_texto_integral.doc" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/266/266_texto_integral.doc" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/267/267_texto_integral.doc" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/281/281_texto_integral.doc" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/282/282_texto_integral.doc" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/283/283_texto_integral.doc" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/293/293_texto_integral.doc" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/311/311_texto_integral.odt" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/320/320_texto_integral.doc" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/348/348_texto_integral.odt" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/359/359_texto_integral.doc" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/367/367_texto_integral.doc" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/370/370_texto_integral.doc" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/380/380_texto_integral.odt" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/382/382_texto_integral.doc" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/383/383_texto_integral.doc" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/389/389_texto_integral.doc" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/403/403_texto_integral.doc" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/404/404_texto_integral.doc" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/405/405_texto_integral.doc" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/407/407_texto_integral.doc" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/413/413_texto_integral.odt" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/414/414_texto_integral.odt" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/417/417_texto_integral.doc" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/426/426_texto_integral.doc" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/427/427_texto_integral.doc" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/436/436_texto_integral.doc" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/441/441_texto_integral.odt" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/447/447_texto_integral.doc" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/458/458_texto_integral.doc" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/459/459_texto_integral.doc" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/460/460_texto_integral.doc" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/480/480_texto_integral.odt" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/482/482_texto_integral.doc" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/483/483_texto_integral.doc" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/484/484_texto_integral.doc" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/490/490_texto_integral.doc" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/500/500_texto_integral.doc" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/504/504_texto_integral.doc" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/509/509_texto_integral.doc" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/530/530_texto_integral.odt" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/541/541_texto_integral.doc" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/543/543_texto_integral.doc" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/548/548_texto_integral.odt" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/551/551_texto_integral.odt" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/553/553_texto_integral.doc" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/573/573_texto_integral.doc" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/574/574_texto_integral.doc" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/587/587_texto_integral.doc" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/596/596_texto_integral.doc" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/606/606_texto_integral.odt" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/613/613_texto_integral.doc" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/614/614_texto_integral.doc" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/623/623_texto_integral.doc" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/637/637_texto_integral.odt" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/640/640_texto_integral.doc" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/646/646_texto_integral.doc" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/650/650_texto_integral.doc" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/680/680_texto_integral.odt" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/683/683_texto_integral.odt" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/684/684_texto_integral.odt" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/686/686_texto_integral.doc" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/687/687_texto_integral.doc" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/689/689_texto_integral.doc" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/691/691_texto_integral.doc" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/692/692_texto_integral.doc" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/694/694_texto_integral.doc" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/702/702_texto_integral.doc" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/703/703_texto_integral.doc" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/704/704_texto_integral.doc" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/705/705_texto_integral.doc" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/706/706_texto_integral.doc" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/707/707_texto_integral.doc" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/708/708_texto_integral.doc" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/716/716_texto_integral.doc" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/732/732_texto_integral.doc" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/737/737_texto_integral.doc" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/738/738_texto_integral.doc" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/745/745_texto_integral.doc" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/746/746_texto_integral.doc" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/761/761_texto_integral.doc" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/769/769_texto_integral.doc" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/770/770_texto_integral.doc" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/785/785_texto_integral.doc" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/789/789_texto_integral.doc" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/791/791_texto_integral.doc" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/792/792_texto_integral.doc" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/796/796_texto_integral.doc" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/805/805_texto_integral.doc" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/807/807_texto_integral.doc" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/809/809_texto_integral.doc" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/814/814_texto_integral.doc" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/820/820_texto_integral.doc" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/847/847_texto_integral.doc" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/859/859_texto_integral.doc" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/878/878_texto_integral.doc" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/879/879_texto_integral.doc" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/880/880_texto_integral.doc" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/881/881_texto_integral.doc" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/882/882_texto_integral.doc" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/883/883_texto_integral.doc" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/884/884_texto_integral.doc" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/885/885_texto_integral.doc" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/886/886_texto_integral.doc" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/911/911_texto_integral.doc" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/912/912_texto_integral.doc" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/921/921_texto_integral.doc" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/922/922_texto_integral.doc" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/931/931_texto_integral.doc" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/932/932_texto_integral.doc" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/933/933_texto_integral.doc" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/957/957_texto_integral.doc" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/981/981_texto_integral.doc" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1026/1026_texto_integral.doc" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/1027/1027_texto_integral.doc" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/5/5_texto_integral.doc" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/102/102_texto_integral.doc" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/130/130_texto_integral.doc" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/131/131_texto_integral.doc" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/198/198_texto_integral.doc" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/211/211_texto_integral.doc" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/238/238_texto_integral.docx" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/313/313_texto_integral.docx" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/984/984_texto_integral.doc" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/241/241_texto_integral.doc" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/274/274_texto_integral.doc" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/364/364_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/400/400_texto_integral.doc" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/467/467_texto_integral.odt" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/513/513_texto_integral.odt" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/634/634_texto_integral.odt" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/647/647_texto_integral.doc" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/681/681_texto_integral.doc" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/831/831_texto_integral.doc" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/893/893_texto_integral.doc" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/910/910_texto_integral.doc" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/926/926_texto_integral.doc" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/954/954_texto_integral.doc" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/955/955_texto_integral.doc" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/963/963_texto_integral.doc" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/995/995_texto_integral.odt" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/996/996_texto_integral.doc" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/46/46_texto_integral.doc" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/47/47_texto_integral.doc" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/76/76_texto_integral.odt" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/79/79_texto_integral.doc" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/83/83_texto_integral.doc" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/87/87_texto_integral.doc" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/93/93_texto_integral.doc" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/95/95_texto_integral.odt" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/105/105_texto_integral.doc" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/109/109_texto_integral.doc" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/116/116_texto_integral.odt" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/126/126_texto_integral.doc" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/127/127_texto_integral.odt" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/134/134_texto_integral.doc" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/135/135_texto_integral.doc" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/136/136_texto_integral.doc" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/142/142_texto_integral.doc" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/143/143_texto_integral.doc" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/145/145_texto_integral.odt" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/147/147_texto_integral.odt" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/149/149_texto_integral.doc" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/150/150_texto_integral.doc" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/152/152_texto_integral.doc" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/154/154_texto_integral.doc" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/164/164_texto_integral.doc" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/202/202_texto_integral.doc" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/203/203_texto_integral.doc" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/235/235_texto_integral.doc" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/236/236_texto_integral.odt" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/242/242_texto_integral.odt" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/252/252_texto_integral.doc" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/286/286_texto_integral.odt" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/302/302_texto_integral.odt" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/304/304_texto_integral.doc" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/308/308_texto_integral.doc" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/318/318_texto_integral.odt" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/322/322_texto_integral.odt" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/334/334_texto_integral.doc" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/338/338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/360/360_texto_integral.odt" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/393/393_texto_integral.odt" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/394/394_texto_integral.odt" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/396/396_texto_integral.odt" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/402/402_texto_integral.odt" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/423/423_texto_integral.odt" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/425/425_texto_integral.doc" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/428/428_texto_integral.odt" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/439/439_texto_integral.doc" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/444/444_texto_integral.doc" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/468/468_texto_integral.odt" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/469/469_texto_integral.odt" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/470/470_texto_integral.odt" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/497/497_texto_integral.doc" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/505/505_texto_integral.odt" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/532/532_texto_integral.odt" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/550/550_texto_integral.odt" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/557/557_texto_integral.odt" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/558/558_texto_integral.doc" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/577/577_texto_integral.doc" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/578/578_texto_integral.doc" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/582/582_texto_integral.doc" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/584/584_texto_integral.doc" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/589/589_texto_integral.doc" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/624/624_texto_integral.doc" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/639/639_texto_integral.doc" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/688/688_texto_integral.doc" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/735/735_texto_integral.doc" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/736/736_texto_integral.doc" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/755/755_texto_integral.doc" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/756/756_texto_integral.doc" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/780/780_texto_integral.doc" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/784/784_texto_integral.doc" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/786/786_texto_integral.doc" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/787/787_texto_integral.doc" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/810/810_texto_integral.doc" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/813/813_texto_integral.doc" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/877/877_texto_integral.doc" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/887/887_texto_integral.doc" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/920/920_texto_integral.doc" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/924/924_texto_integral.doc" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/927/927_texto_integral.doc" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/941/941_texto_integral.doc" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/978/978_texto_integral.odt" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/979/979_texto_integral.odt" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2017/1010/req-85.pdf" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/335/335_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/488/488_texto_integral.doc" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/514/514_texto_integral.doc" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/515/515_texto_integral.odt" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/527/527_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/538/538_texto_integral.doc" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/766/766_texto_integral.doc" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/925/925_texto_integral.doc" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/972/972_texto_integral.doc" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/992/992_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruguaiana.rs.leg.br/media/./sapl/public/materialegislativa/2017/312/312_texto_integral.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H1023"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="40.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="115.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="96.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="96" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>